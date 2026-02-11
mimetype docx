--- v0 (2025-12-19)
+++ v1 (2026-02-11)
@@ -1,13071 +1,11915 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default ContentType="image/gif" Extension="gif"/>
-[...13 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
+  <Default Extension="gif" ContentType="image/gif"/>
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
+    <w:p w14:paraId="6FC170E7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This application is for organizations seeking funding from the Maryland Department of Labor under the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidR="00E12781">
           <w:rPr>
-            <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+            <w:i/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Road to Careers </w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId8">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidR="00E12781">
           <w:rPr>
-            <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">program</w:t>
+          <w:t>program</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:t>. Maryland’s Road to Careers Program is a skills training and supportive service initiative that seeks to address Maryland’s workforce needs in highway and capital transit construction and transportation construction generally. The initiative is funded by the Maryland Department of Transportation and administered by the Maryland Department of Labor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
+    <w:p w14:paraId="6B1550AA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
+    <w:p w14:paraId="2BC4889D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Road to Careers Program grantees will provide local jobseekers with contextualized learning opportunities, training, and supportive services to gain access to employment as skilled tradespersons in the transportation construction industry. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DB9B671" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4898EADC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">FY2026</w:t>
+        <w:t>FY2026</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  applicants must submit their application by </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">11:59pm on January 23, 2026</w:t>
+        <w:t>11:59pm on January 23, 2026</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">.</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...81 lines deleted...]
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:t> Applica</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tions received after this date and time will not be considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D76E3A6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45081618" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t>Please complete all fields of this application and submit it with the program budget. Prior to submission, review the required submission checklist below to ensure a complete application. Incomplete applications will not be considered.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624478CC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77DB2164" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants should carefully review the </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Road to Careers </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Policy (which can be found </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId10">
+        <w:r w:rsidR="00E12781">
           <w:rPr>
-            <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">here</w:t>
+          <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">) prior to completing this application. The Policy provides details on allowable program components and key terminology associated with this project.</w:t>
+        <w:t>) prior to completing this application. The Policy provides details on allowable program components and key terminology associated with this project.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
+    <w:p w14:paraId="2C9D0020" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
+    <w:p w14:paraId="1E1A9CC6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As stated on Page 4 of the Policy, the program will seek to train participants in an in-demand transportation-related construction occupation in Maryland. The in-demand occupations for the </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2026 </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">award period are included in Appendix A of this application. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
+    <w:p w14:paraId="7DFD26E7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
+    <w:p w14:paraId="73CA56FD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Road to Careers </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Application Submission Checklist</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>Application Submission Checklist</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
+    <w:p w14:paraId="3478177B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table1"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="afa"/>
+        <w:tblW w:w="10785" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="6105"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="39DC890B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7E298EFD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>REQUIRED DOCUMENTS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B5F80CA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...18 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Optional Documents</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="6B9F23B1" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C8245A8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Road to Careers </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
+              </w:rPr>
+              <w:t>Application</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CB735FF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Project Labor Agreement or Memorandum of Understanding between a labor union and the managing entity of a transportation-related construction project </w:t>
+              </w:rPr>
+              <w:t>Project Labor Agreement or Memorandum of Understanding between a labor union and the managing entity of a transportation-related construction project </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="685E96F6" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53293602" w14:textId="2B698B40" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Road to Careers </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00D94533">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...21 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+              </w:rPr>
+              <w:t>Budget (.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>xlsx)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6F09DC8A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...13 lines deleted...]
-                <w:rtl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Any memorandums of understanding (MOUs) that exist between the applicant and their partners </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="4D9E29F0" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0FD24CE3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...13 lines deleted...]
-                <w:rtl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Letter of commitment from Registered Apprenticeship (RA) sponsor, if RA is the chosen training method </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11DC5B10" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">Letters of commitment from any subgrantees, if applicable</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Letters of commitment from any subgrantees, if applicable</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5F4AB981" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="47BBADB6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Letter of commitment from Registered Apprenticeship (RA) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">sponsor, if pre-apprenticeship is the chosen training method </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0603EA93" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...47 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="3B3B9ADF" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50BB7B3B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Three (3) letters of commitment from </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="white"/>
+              </w:rPr>
+              <w:t xml:space="preserve">employers </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>and/or union. Additional letters of support can be included from  industry partners detailing their commitment to the project</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="43735974" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...68 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7DD58357" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+            <w:tcW w:w="4680" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="78B12DC8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Letters of understanding between the lead applicant and their supportive services partner, unless the main applicant is the supportive service provider</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40364A84" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...53 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+    <w:p w14:paraId="031C9533" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+    <w:p w14:paraId="7A946AEA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Submission Instructions</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>Submission Instructions</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+    <w:p w14:paraId="2AD6855A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+    <w:p w14:paraId="02C69F4C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Completed applications should be submitted via email to</w:t>
+        <w:t>Completed applications should be submitted via email to</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="00E12781">
           <w:rPr>
-            <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+            <w:b/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">road2.careers@maryland.gov</w:t>
+          <w:t>road2.careers@maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="white"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">.</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Submissions must include all required documents listed above and should be submitted as attachments to </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">a single email</w:t>
+        <w:t>a single email</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">.</w:t>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+    <w:p w14:paraId="18D9D2AC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table2"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="afb"/>
+        <w:tblW w:w="10770" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="2670"/>
         <w:gridCol w:w="7650"/>
-        <w:tblGridChange w:id="0">
-[...5 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="2E1229FA" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10770" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...35 lines deleted...]
-              </w:rPr>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7773BC77" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SECTION 1: APPLICANT INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="4CE17B96" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09E12255" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CEEC76F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Organization Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F65BBC7" w14:textId="18DA5FF8" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="68AC8092" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="014F0F79" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="51115099" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Point of Contact Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="204DEDE7" w14:textId="0CA05E7A" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="14FED361" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CCD5015" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B8616D0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Point of Contact Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5225F397" w14:textId="7F551654" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1FC59A1A" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EFFFCD1" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0D92A9D5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Point of Contact Email Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4E8A03EE" w14:textId="7E469491" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="70397D86" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7AB5ACB6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26AFB715" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Point of Contact Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E0F68EF" w14:textId="74BE68D9" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="25FDB7E2" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...9 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+          <w:p w14:paraId="689182AD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-          <w:tcPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...24 lines deleted...]
-                <w:b w:val="1"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="314F1093" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Organization Street Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="413B9631" w14:textId="47C93582" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="35B83A2E" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
-[...11 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
-[...3 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
+          <w:p w14:paraId="11842A07" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...37 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="164D089E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...44 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2450401C" w14:textId="0D168CA1" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="42BA3832" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:vMerge w:val="continue"/>
-[...11 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
-[...3 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
+          <w:p w14:paraId="779CBF8A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...37 lines deleted...]
-              <w:pageBreakBefore w:val="0"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="536D0040" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
-              <w:shd w:fill="auto" w:val="clear"/>
-[...44 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17AF7F7A" w14:textId="351DAC25" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="2328B956" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+          <w:p w14:paraId="7D0ABDF0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...40 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="20258FFC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Federal Tax ID </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C116A52" w14:textId="4E61CEFF" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="191F2353" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
+          <w:p w14:paraId="6C5AE125" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...51 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="757C3E87" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the applicant a 501(c)(3)? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...36 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3A77A513" w14:textId="1A17394B" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-64411867"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
-[...25 lines deleted...]
-              <w:t xml:space="preserve">No</w:t>
+          <w:p w14:paraId="1B049043" w14:textId="2D12AA9B" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-1549680440"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="4A2F203B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+          <w:p w14:paraId="5A9AD77B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="01496999" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Requested Funding Amount</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7864B2DF" w14:textId="6E8C565F" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="56F1AC11" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+          <w:p w14:paraId="0CF4492F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="12A84A12" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Number of Participants to be Trained</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5D2E5EA4" w14:textId="464C0C9A" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7D727E73" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+          <w:p w14:paraId="1062F6FF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...40 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3FAA60EA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Project Service Area (Geographic jurisdictions to be served) </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...34 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0654C767" w14:textId="55129E34" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5270AD4B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+          <w:p w14:paraId="2C69FF49" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79735095" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...9 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+              </w:rPr>
+              <w:t>Indicate which of the following applies to the applicant</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E765C1" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...37 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6337803E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the applicant a </w:t>
             </w:r>
-            <w:hyperlink r:id="rId11">
-              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="00E12781">
                 <w:rPr>
-                  <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-                  <w:color w:val="1155cc"/>
+                  <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                  <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
-                  <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local Workforce Development </w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId12">
-              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+            <w:hyperlink r:id="rId13">
+              <w:r w:rsidR="00E12781">
                 <w:rPr>
-                  <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-                  <w:color w:val="1155cc"/>
+                  <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                  <w:color w:val="1155CC"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:highlight w:val="white"/>
                   <w:u w:val="single"/>
-                  <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Board</w:t>
+                <w:t>Board</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...14 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t>? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633FB046" w14:textId="2D3D80A3" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:cs="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-1487865300"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF" w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D5A60E6" w14:textId="4FD5F698" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="MS Gothic" w:cs="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-708576696"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F440783" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5FE0E9A8" w14:textId="08038A95" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...35 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If yes, please list the name of the Local Area: </w:t>
+            </w:r>
+            <w:r w:rsidR="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t>fb</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="14C754C5" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="374"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
-[...76 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+          <w:p w14:paraId="47B4F93A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="04C9FDE4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>List the target occupation(s) from Appendix A for which training will be provided</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="541DC2CF" w14:textId="26BA5319" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7B47109B" w14:textId="77777777" w:rsidTr="00D94533">
+        <w:trPr>
+          <w:trHeight w:val="374"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0BCDAD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2670" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="65DE43F5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Select which type of training model will be used to prepare participants. If multiple, please select all.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7650" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1AE1ED3E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
             <w:pPr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...112 lines deleted...]
-                <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
+          </w:p>
+          <w:p w14:paraId="685711D4" w14:textId="681199FB" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-459114726"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF" w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Registered Apprenticeship (RA)</w:t>
+            </w:r>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F53D598" w14:textId="291884F1" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="-1298064027"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Pre-apprenticeship</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E36116A" w14:textId="33817BC1" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria" w:cs="Cambria"/>
                 <w:color w:val="434343"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...93 lines deleted...]
-              </w:rPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="479892270"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="002008BF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Integrated Education and Training</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
+    <w:p w14:paraId="7055094F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+    <w:p w14:paraId="09531769" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+    <w:p w14:paraId="53B5C66C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+    <w:p w14:paraId="7F8A0EAC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+    <w:p w14:paraId="6E61DCD6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+    <w:p w14:paraId="3B61DD6D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
+    <w:p w14:paraId="347876CA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
+    <w:p w14:paraId="0C71F535" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
+    <w:p w14:paraId="0AD8B338" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...33 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table3"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="afc"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="9900"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="6BD947C8" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...35 lines deleted...]
-              </w:rPr>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7CABF4BF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>SECTION 2: Program Information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1EA95AAB" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09A3C25D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-                <w:color w:val="ffffff"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...45 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A642341" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Provide a brief overview of the applicant’s proposed training program, including the </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...12 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>specific</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">occupation(s) </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>applicants will be trained in. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="6B103621" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...24 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6A1A82A2" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A533CC8" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77AE3DBC" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35008F67" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B766CD8" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="620814BB" w14:textId="350809B3" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="75AE4003" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="679"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+          <w:p w14:paraId="67F974EA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-                <w:color w:val="ffffff"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...45 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6807289F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Will participants </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">be prepared to earn </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...16 lines deleted...]
-                <w:b w:val="1"/>
+              </w:rPr>
+              <w:t>an industry-recognized credential durin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>g their program or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> at the end of their program? If so, which credential(s)? </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="3950D3AA" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...8 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+          <w:p w14:paraId="17BC6A1A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3AE176EE" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="38DAB4A4" w14:textId="026342D8" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="29287B3F" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CD503A9" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-                <w:color w:val="ffffff"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...49 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17a</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="42FA619B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If the applicant selected “Registered Apprenticeship” as the training strategy, is the  Registered Apprenticeship program AND occupation already registered with the Maryland Apprenticeship and Training Council (MATC)? If not, describe the planned action items and timeline for getting this approval. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
-[...70 lines deleted...]
-              <w:t xml:space="preserve">Note N/A if not applicable.</w:t>
+          <w:p w14:paraId="1A7F50DA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="214D70FF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Note: When selecting this  strategy, the applicant must provide a letter of support from the RA sponsor.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32F4AA26" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F304087" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Note N/A if not applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7CCB29B2" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1331"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...69 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="110CF1A3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="389EB436" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="01C9552B" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4006EB5C" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1ADE58CE" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76A39655" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="423E5E2B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="190B8462" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-                <w:color w:val="ffffff"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...54 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17b</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="69E25AAC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>If the applicant selected “pre-apprenticeship” as the training strategy:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BBD65BB" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Provide details on the pre-apprenticeship that will be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>offered;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="1BF48A55" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List the RA program sponsor(s) that your pre-apprenticeship will connect </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0F6B98BA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...13 lines deleted...]
-                <w:rtl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe how your organization will help to transition participants into a Registered Apprenticeship Program.  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
-[...70 lines deleted...]
-              <w:t xml:space="preserve">Note N/A if not applicable.</w:t>
+          <w:p w14:paraId="2DCED3BD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="729DCE07" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Note: When selecting this  strategy, the applicant must provide a letter of support from the RA sponsor.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AF5D09D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3350EA6E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Note N/A if not applicable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="178402B1" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1455"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...84 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6DAF7A26" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7FEDFE89" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="684ABBFD" w14:textId="7E1EE5CF" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="161ABA3F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A67B47E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="41AEC5BA" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3E680DA1" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...1 lines deleted...]
-                <w:color w:val="ffffff"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...49 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>17c</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="38DF9E59" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">If the applicant selected “Integrated Education and Training” as the training strategy: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
+          <w:p w14:paraId="75CA9365" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Describe how the learners’ adult literacy skills will be assessed prior to the start of the program (e.g. using National Reporting System (NRS)-approved reading/math/listening assessments, etc.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77858C70" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...18 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Describe how the three components of the IET model will be delivered concurrently and contextually and what agency is responsible for delivering each: 1) Adult Education and Literacy Activities, 2) Workforce Preparation Activities, and 3) Workforce Training</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5969A38A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...31 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe how your organization will transition participants into the workforce after completion of the IET program and/or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>obtaining</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> an industry-recognized credential.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44B3D2E7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="50675C60" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1323"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...84 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="68E45A4B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B68D467" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FA92F23" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="587A585D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="629CF333" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF" w:rsidP="00476E92">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7377A7A5" w14:textId="77777777" w:rsidR="002008BF" w:rsidRDefault="002008BF" w:rsidP="00476E92">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="23624962" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="284FBD65" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...51 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1621A276" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The Road to Careers program has a three (3) year performance period. Outline the proposed timeline for the applicant’s training program. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5606DEF1" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...25 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CA5F724" w14:textId="02F305E8" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="54EFEC31" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="60A3AC99" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02215CC0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...9 lines deleted...]
-                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t>List each training provider the applicant will work with, along</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> with</w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...2 lines deleted...]
-                <w:b w:val="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> the training they will provide. </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5A45E83F" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1611"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="134507B8" w14:textId="4144AECF" w:rsidR="00E12781" w:rsidRDefault="00E12781">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="74E0403F" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+          <w:p w14:paraId="46EBA0E3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...73 lines deleted...]
-              <w:t xml:space="preserve">partners must be submitted along with the application. </w:t>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="588802CC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>employers</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who will participate in the project and detail their commitment. (e.g. Registered Apprenticeship Sponsor committed to hiring, host site visits, etc.) Letters of commitment from three (3) employer partners must be submitted along with the application. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
-[...3 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w14:paraId="5A0D9F8E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...2 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table4"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="afd"/>
+        <w:tblW w:w="10784" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1155"/>
         <w:gridCol w:w="1567"/>
         <w:gridCol w:w="1497"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1514"/>
         <w:gridCol w:w="1808"/>
         <w:gridCol w:w="1705"/>
-        <w:tblGridChange w:id="0">
-[...9 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="74A356C4" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="2760"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...15 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57AEEF5D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Name of Employer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D21A863" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Target Occupations</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3F45C37E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Number of Current Openings for Occupation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72699768" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Number of Openings for Occupation Expected Over Life of Grant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57E25A6E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Average Hourly Wage for Target Occupation at Entry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="21B40C4C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...28 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Commitment to Grant (curriculum development, hiring, tours, mock interviews, etc.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FEDEDE"/>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13488D63" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...11 lines deleted...]
-              <w:spacing w:after="240" w:before="240" w:line="240" w:lineRule="auto"/>
+              </w:rPr>
+              <w:t>Has a Letter of Commitment been included with application?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6164D745" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...7 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>(Yes/No)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="45B6E443" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...281 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3944A234" w14:textId="568D5DED" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="190F6841" w14:textId="16046288" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F1F4466" w14:textId="68476541" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6D90057F" w14:textId="7C41181F" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="492FD07F" w14:textId="6C5E6477" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4A5E7F9D" w14:textId="003AD733" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26527DF5" w14:textId="09C907BF" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="47D3AF70" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="660"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...280 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="145FCA64" w14:textId="08594390" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="39E40EF5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D1EA26B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B49E5C6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D009CFD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B93A1BB" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="09B03451" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="11F64A87" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...280 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1EFE3561" w14:textId="6381A574" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19528DFA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0F1D6B18" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76A21ED4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4485A42D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55F8213F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2B2051FE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00000000" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="6299177F" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...218 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3095DAEF" w14:textId="7FB5518B" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FFCDE02" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="22DDF51B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3810C262" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75FDFE91" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2C1C0021" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="493DCAC7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="6FADF66C" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="675"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...218 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1155" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="60" w:type="dxa"/>
+              <w:left w:w="60" w:type="dxa"/>
+              <w:bottom w:w="60" w:type="dxa"/>
+              <w:right w:w="60" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="26274FDC" w14:textId="6A062BBE" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4D2F73E7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="307E3B9C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="75C1AF94" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2279ADCA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1808" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="310CDCF3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1705" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="100" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="100" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55852374" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
-[...3 lines deleted...]
-        <w:pageBreakBefore w:val="0"/>
+    <w:p w14:paraId="7FD392E7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
-          <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-          <w:between w:space="0" w:sz="0" w:val="nil"/>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
         </w:pBdr>
-        <w:shd w:fill="auto" w:val="clear"/>
-[...2 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table5"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="afe"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="9900"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5FE43D89" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="354"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D0">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w14:paraId="72B7A9EA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="002008BF" w:rsidRDefault="00000000" w:rsidP="002008BF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...60 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0AFE7BE9" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Which entity is responsible for job placement? Describe the process for job search, job development, and placement/advancement.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="38EFF3F5" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...8 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
-[...12 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="52198AD5" w14:textId="0ECC8169" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
+    <w:p w14:paraId="686ECB07" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
+    <w:p w14:paraId="7D6FC140" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
+    <w:p w14:paraId="4355C22A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table6"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="aff"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="900"/>
         <w:gridCol w:w="9900"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="354051B0" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...35 lines deleted...]
-              </w:rPr>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="4C06A04C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>SECTION 3: Participant Information and Supportive Services </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="0D6CB704" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...15 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F8A8AC0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="002008BF" w:rsidRDefault="00000000" w:rsidP="002008BF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...40 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="00F9E256" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">The Road to Careers Program is designed to uplift Marylanders with barriers to employment, as defined on page 3 of the Policy. List the target population(s) the applicant’s program will serve. </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5FBAC562" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="903"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...94 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="05D156E1" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3738882A" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6DA14AAD" w14:textId="0D6BCF5F" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1D64D87B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1B33283B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...40 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="149B1AEE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...5 lines deleted...]
-                <w:rtl w:val="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Describe how the program will advance equity in the implementation of the project. </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="46EB27D9" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...26 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="40D1AD1E" w14:textId="18B5B19F" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1F0E8187" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="46648267" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="18EB89B4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>List the outreach strategies your organization will use to recruit participants. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="345B4D54" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1683"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...24 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0A8BE84B" w14:textId="3AF9B586" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="17BB06FA" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...15 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2DB25F51" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="002008BF" w:rsidRDefault="00000000" w:rsidP="002008BF">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...50 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2EFF6B10" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve">Describe how the applicant plans to </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>connect to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> individuals with barriers to employment. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1C72ECF4" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1543"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...84 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="200F338C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6B468D4E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0CA7CD12" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="0864FC79" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FF91611" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...56 lines deleted...]
-              <w:t xml:space="preserve">Does the applicant plan to partner with a different entity or entities to provide supportive services or will they be delivered directly by the applicant? If partnering with different entities, list them here. </w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="11D08AAE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Does the applicant plan to partner with a different entity or entities to provide supportive </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>services</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or will they be delivered directly by the applicant? If partnering with different entities, list them here. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1E2FE78C" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...99 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25365778" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30C66233" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="58332FCD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EBD9F3E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0B92EA37" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7C5994A4" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2ED295BD" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...53 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FC7501F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">List each of the supportive services the applicant plans to offer to participants.  Explain in detail how you plan to address barriers to employment that will not be addressed by the services listed here. </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="19F9ECDA" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...99 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="13A8608D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5A36861D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78C3DA3A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C97DF28" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3958AD37" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="427C64F5" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1065"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000103">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="240020D1" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...60 lines deleted...]
-                <w:b w:val="1"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="33F7BF8D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Identify</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> or include job description for the staff member who will serve as the case </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>manager</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ensuring that each participant is receiving adequate levels of supportive services to address their specific barriers to employment. Indicate if they work for a supportive service provider or the applicant.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="40CCF9A5" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...99 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3939D196" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42B46491" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D82EFB6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4332D536" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="102A4605" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="0EE30BF8" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010C">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="129201E4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...50 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="065F3E3B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Describe the case management strategy in detail. </w:t>
             </w:r>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="103DE299" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="57AB5591" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A95415F" w14:textId="77777777" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62FE78E3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="577074CE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010F">
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="7EED72FE" w14:textId="77777777" w:rsidTr="00D94533">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="312AC04E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...149 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="50203711" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...11 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">What services will be available to participants after they have been hired to promote retention and advancement? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="15AF3704" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1080"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...114 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="76618915" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16D4F2ED" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0278312A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7BD3798C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AEAFCA5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="23EB51D6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="791103BE" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="540"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7DDE57BC" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="55D8CBD8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...11 lines deleted...]
-                <w:rtl w:val="0"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">List the program’s expected outcomes for the following metrics. For metrics that include training methods that are not part of the applicant’s proposed training program, please enter “0.” </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="5012ED46" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1500"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1CC98DE8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Number of trainees enrolled in Pre-Apprenticeship programs ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B55B6BF" w14:textId="019346AD" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of trainees enrolled in Registered Apprenticeship </w:t>
+            </w:r>
+            <w:r w:rsidR="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>programs _</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2250C9CE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who transition from Pre-Apprenticeship programs to Registered Apprenticeship programs ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="105AA69A" w14:textId="0D08DF2E" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of trainees enrolled in Integrated Education and </w:t>
+            </w:r>
+            <w:r w:rsidR="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Training _</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B60F5B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who receive supportive services ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6377CC61" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who receive an industry-recognized credential or certification ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05E89988" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are women ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4756B1C0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000129">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are from minority backgrounds ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63EDE731" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who obtain employment within 60 days of completing the program ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38CB37D7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are women ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="672A024D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are from minority backgrounds ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51A743F3" w14:textId="6595F34C" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Number of trainees who obtain employment on an MDOT contract or permanent </w:t>
+            </w:r>
+            <w:r w:rsidR="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>role _</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18E6A469" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are women ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="633E0F88" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are from minority backgrounds ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EE6C7DF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who complete the program ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="568E8C54" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are women ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35AA55F2" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="1440" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of these who are from minority backgrounds ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62B0002D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000133">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of trainees who complete pre-apprenticeships and entered an apprenticeship program____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1503A155" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="720" w:hanging="360"/>
-[...44 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of participants with documented removal of 3 or more barriers ____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4750EB55" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0660F13A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1DA777C8" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...13 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
+            <w:tcW w:w="900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="012580E8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...35 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9900" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="16CEFC08" w14:textId="0932E5A9" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:pBdr>
-                <w:top w:space="0" w:sz="0" w:val="nil"/>
-[...3 lines deleted...]
-                <w:between w:space="0" w:sz="0" w:val="nil"/>
+                <w:top w:val="nil"/>
+                <w:left w:val="nil"/>
+                <w:bottom w:val="nil"/>
+                <w:right w:val="nil"/>
+                <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">To better understand past performance, describe your organization’s experience with offering supportive services and or job training or integrated education programs. Applicants are encouraged to provide data that demonstrate the past success of similar programming. </w:t>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">To better understand past performance, describe your organization’s experience with offering supportive services and or job training or integrated education programs. Applicants are encouraged to provide data that </w:t>
+            </w:r>
+            <w:r w:rsidR="00476E92">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>demonstrates</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the past success of similar programming. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="0464BA19" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="1894"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...25 lines deleted...]
-            </w:r>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3CAAED77" w14:textId="4AEE1102" w:rsidR="00E12781" w:rsidRPr="00476E92" w:rsidRDefault="00E12781" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
+    <w:p w14:paraId="2744145F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013C">
+    <w:p w14:paraId="71DAAC3D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
+        <w:t>Instructions for Section 4: Program Financial Information</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013E">
+    <w:p w14:paraId="6D0EA48E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013F">
+    <w:p w14:paraId="65CBDA4A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:t xml:space="preserve">Complete this section and provide financial information for the </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:t xml:space="preserve">Road to Careers </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...8 lines deleted...]
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...132 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">program. Information in this section </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">must</w:t>
+        <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> be consistent with an itemized </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Road to Careers</w:t>
+        <w:t>Road to Careers</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Budget Application. The Budget Application should be completed and submitted as an Excel document (.xlsx) along with this application. Reconcile Section 4 of this application with the associated Program Budget prior to submission.</w:t>
+        <w:t xml:space="preserve"> Budget Application. The Budget Application should be completed and submitted as an Excel </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:t>document (.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
-          <w:rtl w:val="0"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>xlsx) along with this application. Reconcile Section 4 of this application with the associated Program Budget prior to submission.</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="588228B7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table7"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="aff0"/>
+        <w:tblW w:w="10790" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="5336"/>
         <w:gridCol w:w="4984"/>
-        <w:tblGridChange w:id="0">
-[...5 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="62AC7C61" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="10790" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...35 lines deleted...]
-              </w:rPr>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1460DA89" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>SECTION 4: PROGRAM FINANCIAL INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="1208DECB" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014D">
+          <w:p w14:paraId="0E2C8170" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...23 lines deleted...]
-          <w:tcPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10320" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
-[...24 lines deleted...]
-                <w:b w:val="1"/>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5C6E6440" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>Provide the following financial information about the funding requested.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="18AA070B" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
+          <w:p w14:paraId="7957C8AA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000151">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="37BA276E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...22 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Total grant amount requested </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000152">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="7B878298" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="24E9A4F4" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
+          <w:p w14:paraId="4DDCF45B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="30972C37" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...22 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Salary and Wage Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="3287F5B3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="2E0B7608" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
+          <w:p w14:paraId="3269DEB6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000157">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="2291BD31" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...26 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Training and Activities (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Supportive Services) Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000158">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="4C13C8CE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="50B39B19" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000159">
+          <w:p w14:paraId="08BBD9AA" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="299A108C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...22 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Administrative and Operations Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="167990C5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="2B555D9C" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
+          <w:p w14:paraId="1551FD81" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-[...32 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="0576F52A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...27 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Other Costs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="3FA801AF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...11 lines deleted...]
-              </w:rPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="13DC919F" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...10 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015F">
+          <w:p w14:paraId="04F4E4A5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...35 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5336" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="41F43F8B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...22 lines deleted...]
-              <w:right w:w="57.0" w:type="dxa"/>
+              </w:rPr>
+              <w:t>Cost per participant</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4984" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000161">
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:p w14:paraId="52369AC6" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:rtl w:val="0"/>
-[...6 lines deleted...]
-              </w:rPr>
+              </w:rPr>
+              <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
+    <w:p w14:paraId="0FCB45A0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sdt>
-[...162 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000167">
+    <w:p w14:paraId="3D9652AA" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="aff1"/>
+        <w:tblW w:w="10800" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0620" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="840"/>
+        <w:gridCol w:w="9960"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00476E92" w14:paraId="23CDCF83" w14:textId="77777777" w:rsidTr="00D94533">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="840" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="235B2FA3" w14:textId="09BB5A1B" w:rsidR="00476E92" w:rsidRDefault="00476E92" w:rsidP="00FA3A8D">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="002008BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9960" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="EFEFEF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7C3F4F30" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92" w:rsidP="00FA3A8D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide a brief budget narrative describing how the requested grant funds will be allocated, including training activities, services, personnel, equipment, and other expenses.  Please describe any braided funding sources or leveraged funds that will support this project. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00476E92" w14:paraId="08543497" w14:textId="77777777" w:rsidTr="00D94533">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10800" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2F205F49" w14:textId="77777777" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="408DE803" w14:textId="77777777" w:rsidR="00476E92" w:rsidRPr="00476E92" w:rsidRDefault="00476E92" w:rsidP="00476E92">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2F0906BC" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92" w:rsidP="00FA3A8D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="55EBD53C" w14:textId="77777777" w:rsidR="00476E92" w:rsidRDefault="00476E92">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    </w:p>
+    <w:p w14:paraId="1B9BD60A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="446EFF92" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Prior to signing below, review all sections of this application for completion and accuracy. Review the </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:i w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Road to Careers</w:t>
+        <w:t>Road to Careers</w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Policy for any additional requirements associated with this program. Ensure that all required attachments are included in the final submission. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000169">
+    <w:p w14:paraId="714F57E2" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table9"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="aff2"/>
+        <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4681"/>
         <w:gridCol w:w="6199"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="72B18883" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...68 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0BEB5CC2" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant Representative’s  Full Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5F52486E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="61878578" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...68 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1FCF00A7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant Representative’s Title</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6358D245" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="14180EB9" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...68 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="271835B8" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant Representative’s Email</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="66D1A79D" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="4AE05EC1" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...68 lines deleted...]
-            </w:r>
+            <w:tcW w:w="4681" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="79F99D21" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant Representative’s Phone Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6199" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="780DF797" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
+    <w:p w14:paraId="1C9FF88B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="Table10"/>
-[...1 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:tblStyle w:val="aff3"/>
+        <w:tblW w:w="10880" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="0400"/>
+        <w:tblLook w:val="0420" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7010"/>
         <w:gridCol w:w="3870"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="69D4196E" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...79 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="7010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="400EAB96" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Applicant Representative’s Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="CC0000"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0DD97116" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:color w:val="FFFFFF"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="00E12781" w14:paraId="32896D06" w14:textId="77777777" w:rsidTr="00D94533">
         <w:trPr>
-          <w:cantSplit w:val="0"/>
-[...1 lines deleted...]
-          <w:tblHeader w:val="0"/>
+          <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...60 lines deleted...]
-            </w:r>
+            <w:tcW w:w="7010" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="08E072E5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3870" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:tcMar>
+              <w:top w:w="57" w:type="dxa"/>
+              <w:left w:w="57" w:type="dxa"/>
+              <w:bottom w:w="57" w:type="dxa"/>
+              <w:right w:w="57" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="25A47E2E" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
+    <w:p w14:paraId="5D284F80" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr/>
-[...1 lines deleted...]
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Completed Applications should be submitted via email to: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
-        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:hyperlink r:id="rId14">
+        <w:r w:rsidR="00E12781">
           <w:rPr>
-            <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-            <w:color w:val="1155cc"/>
+            <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+            <w:color w:val="1155CC"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
-            <w:rtl w:val="0"/>
           </w:rPr>
-          <w:t xml:space="preserve">road2.careers@maryland.gov</w:t>
+          <w:t>road2.careers@maryland.gov</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...3 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000178">
-[...9 lines deleted...]
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000179">
+    <w:p w14:paraId="6E7ED6E9" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00E12781"/>
+    <w:p w14:paraId="13079AB0" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Appendix A - 2026 In-Demand Highway &amp; Capital Transit Construction Careers </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
+    <w:p w14:paraId="25C61719" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Occupations are listed by most projected job openings to fewest projected job openings. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
+    <w:p w14:paraId="3B70E6A9" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Landscaping and Groundskeeping Workers</w:t>
+        <w:t>Landscaping and Groundskeeping Workers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
+    <w:p w14:paraId="754DAD4B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Carpenters</w:t>
+        <w:t>Carpenters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
+    <w:p w14:paraId="3FFE1686" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cement Masons and Concrete Finishers</w:t>
+        <w:t>Cement Masons and Concrete Finishers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017E">
+    <w:p w14:paraId="11B2EB53" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Construction Laborers</w:t>
+        <w:t>Construction Laborers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017F">
+    <w:p w14:paraId="17FA7E0F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Paving, Surfacing, and Tamping Equipment Operators</w:t>
+        <w:t>Paving, Surfacing, and Tamping Equipment Operators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
+    <w:p w14:paraId="7FC2D40C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pile Driver Operators</w:t>
+        <w:t>Pile Driver Operators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
+    <w:p w14:paraId="704DBEF3" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Operating Engineers and Other Construction Equipment Operators</w:t>
+        <w:t>Operating Engineers and Other Construction Equipment Operators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000182">
+    <w:p w14:paraId="71A37460" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Electricians</w:t>
+        <w:t>Electricians</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
+    <w:p w14:paraId="26B469B5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Painters, Construction and Maintenance</w:t>
+        <w:t>Painters, Construction and Maintenance</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
+    <w:p w14:paraId="72480EB5" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pipelayers</w:t>
+        <w:t>Pipelayers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
+    <w:p w14:paraId="51691A4F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Plumbers, Pipefitters, and Steamfitters</w:t>
+        <w:t>Plumbers, Pipefitters, and Steamfitters</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
+    <w:p w14:paraId="4823198C" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Structural Iron and Steel Workers</w:t>
+        <w:t>Structural Iron and Steel Workers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
+    <w:p w14:paraId="0597E954" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Rail-Track Laying and Maintenance Equipment Operators</w:t>
+        <w:t>Rail-Track Laying and Maintenance Equipment Operators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
+    <w:p w14:paraId="2FDEEA59" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Excavating and Loading Machine and Dragline Operators, Surface Mining</w:t>
+        <w:t>Excavating and Loading Machine and Dragline Operators, Surface Mining</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
+    <w:p w14:paraId="15D11FF7" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mobile Heavy Equipment Mechanics, Except Engines</w:t>
+        <w:t>Mobile Heavy Equipment Mechanics, Except Engines</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018A">
+    <w:p w14:paraId="12C41316" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Electrical Power-Line Installers and Repairers</w:t>
+        <w:t>Electrical Power-Line Installers and Repairers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018B">
+    <w:p w14:paraId="071CE9FE" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maintenance and Repair Workers, General</w:t>
+        <w:t>Maintenance and Repair Workers, General</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
+    <w:p w14:paraId="7B49752F" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Commercial Divers</w:t>
+        <w:t>Commercial Divers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018D">
+    <w:p w14:paraId="4C2189F4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Welders, Cutters, Solderers, and Brazers</w:t>
+        <w:t xml:space="preserve">Welders, Cutters, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Solderers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and Brazers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018E">
+    <w:p w14:paraId="3DB63579" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Heavy and Tractor-Trailer Truck Drivers</w:t>
+        <w:t>Heavy and Tractor-Trailer Truck Drivers</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018F">
+    <w:p w14:paraId="122E4903" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:spacing w:after="0" w:afterAutospacing="0"/>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Crane and Tower Operators</w:t>
+        <w:t>Crane and Tower Operators</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000190">
+    <w:p w14:paraId="14B3BAB4" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-          <w:b w:val="1"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+          <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">Laborers and Freight, Stock, and Material Movers, Hand</w:t>
+        <w:t>Laborers and Freight, Stock, and Material Movers, Hand</w:t>
       </w:r>
     </w:p>
-    <w:sectPr>
-[...2 lines deleted...]
-      <w:pgMar w:bottom="720" w:top="720" w:left="720" w:right="720" w:header="720" w:footer="720"/>
+    <w:sectPr w:rsidR="00E12781">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="16C19283" w14:textId="77777777" w:rsidR="004A14DA" w:rsidRDefault="004A14DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="7ACF7734" w14:textId="77777777" w:rsidR="004A14DA" w:rsidRDefault="004A14DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...4 lines deleted...]
-  <w:font w:name="Courier New"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Noto Sans Symbols">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{958D1B75-DA89-4DD1-A214-F1DA6CD7D80B}"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId2" w:fontKey="{E792B441-5F04-4B87-9E0A-5AE65B0B0A42}"/>
+    <w:embedBold r:id="rId3" w:fontKey="{D56BC3AD-2762-477C-9A78-A343A0D9BE5C}"/>
+    <w:embedItalic r:id="rId4" w:fontKey="{FBEAC828-C8EA-4468-BBA6-A0B76CF56185}"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{B609D0BD-FFA8-44C5-BBB8-06B05FDAEE92}"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{610B1524-CF2B-4A2B-9F21-783079F8F133}"/>
+  </w:font>
   <w:font w:name="Roboto">
-    <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{5CBDE99B-9F47-403E-86F6-96E9DDF82DF2}"/>
+    <w:embedBold r:id="rId8" w:fontKey="{341122AB-755B-48C5-A7E1-72712AC94C0E}"/>
+    <w:embedItalic r:id="rId9" w:fontKey="{397FCA39-83F3-4FFD-803E-B871F1D27AD4}"/>
   </w:font>
-  <w:font w:name="Noto Sans Symbols">
-[...1 lines deleted...]
-    <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId6" w:subsetted="0"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId10" w:subsetted="1" w:fontKey="{7315F33A-7719-49A2-A8F1-7D5BEAFEC9C5}"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{E18F1FEE-2018-46BC-95B2-061603836564}"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="21E8B50F" w14:textId="77777777" w:rsidR="004A14DA" w:rsidRDefault="004A14DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="232B96E1" w14:textId="77777777" w:rsidR="004A14DA" w:rsidRDefault="004A14DA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000191">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="36585B7B" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="right" w:leader="none" w:pos="10800"/>
+        <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-        <w:b w:val="1"/>
+        <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+        <w:b/>
+        <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distB="0" distT="0" distL="0" distR="0">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75CB74B5" wp14:editId="2CBECD84">
           <wp:extent cx="2178050" cy="641350"/>
-          <wp:effectExtent b="0" l="0" r="0" t="0"/>
-[...1 lines deleted...]
-          <a:graphic>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:docPr id="1284264980" name="image1.gif" descr="Logo"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-              <pic:pic>
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr descr="Logo&#10;&#10;Description automatically generated" id="0" name="image1.gif"/>
+                  <pic:cNvPr id="1284264980" name="image1.gif" descr="Logo"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
-                  <a:srcRect b="0" l="0" r="0" t="0"/>
+                  <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2178050" cy="641350"/>
                   </a:xfrm>
-                  <a:prstGeom prst="rect"/>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
-        <w:b w:val="1"/>
+        <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
+        <w:b/>
         <w:color w:val="000000"/>
         <w:sz w:val="34"/>
         <w:szCs w:val="34"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
       <w:tab/>
-      <w:t xml:space="preserve">Road to Careers</w:t>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:t>Road to Careers</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
+  <w:p w14:paraId="76BA5C8A" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="360" w:firstLine="0"/>
+      <w:ind w:left="360"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Roboto" w:cs="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto"/>
+        <w:rFonts w:ascii="Roboto" w:eastAsia="Roboto" w:hAnsi="Roboto" w:cs="Roboto"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
-        <w:rtl w:val="0"/>
       </w:rPr>
-      <w:t xml:space="preserve">Application for Grant Funding</w:t>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:t>Application for Grant Funding</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
+  <w:p w14:paraId="667D18AF" w14:textId="77777777" w:rsidR="00E12781" w:rsidRDefault="00000000">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
-[...1 lines deleted...]
-        <v:rect style="width:0.0pt;height:1.5pt" o:hr="t" o:hrstd="t" o:hralign="center" fillcolor="#A0A0A0" stroked="f"/>
+    <w:r>
+      <w:pict w14:anchorId="28CF9633">
+        <v:rect id="_x0000_i1025" style="width:0;height:1.5pt" o:hralign="center" o:hrstd="t" o:hr="t" fillcolor="#a0a0a0" stroked="f"/>
       </w:pict>
-    </w:r>
-[...3 lines deleted...]
-      </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-  <w:abstractNum w:abstractNumId="1">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11785212"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="92C8871E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="28EE7548"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="34BC6F44"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31AE1598"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="140699D2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3EFA348E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CF3A7BA4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="43CD5AE0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="8FBCACD4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13131,51 +11975,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="451159D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D6F8A740"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13241,179 +12088,298 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C75715D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="93B4D57E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="○"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="■"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:u w:val="none"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="55F85CB8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7728C362"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="630B7443"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="20FCA8B0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13479,179 +12445,54 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-[...127 lines deleted...]
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C0C30B4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3C0634A6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -13717,1718 +12558,1726 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="○"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-[...457 lines deleted...]
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="602415386">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1067071557">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1710179716">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1760515983">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="221142600">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="726950864">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="804932640">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1518763438">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1366901871">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-[...24 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="10" w16cid:durableId="16929182">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:displayBackgroundShape/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="00E12781"/>
+    <w:rsid w:val="00121338"/>
+    <w:rsid w:val="002008BF"/>
+    <w:rsid w:val="00476E92"/>
+    <w:rsid w:val="004A14DA"/>
+    <w:rsid w:val="00936F51"/>
+    <w:rsid w:val="00D94533"/>
+    <w:rsid w:val="00E12781"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="329C9817"/>
+  <w15:docId w15:val="{B08AF2B7-2058-432E-A7F1-C34FF0702980}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en"/>
+        <w:lang w:val="en" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
-[...11 lines deleted...]
-    <w:name w:val="normal"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:color w:val="2f5496"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-      <w:color w:val="2f5496"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:before="160" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2f5496"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-      <w:color w:val="2f5496"/>
+      <w:i/>
+      <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="40" w:before="80" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:color w:val="2f5496"/>
+      <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
+      <w:i/>
       <w:color w:val="595959"/>
     </w:rPr>
-  </w:style>
-[...23 lines deleted...]
-    <w:name w:val="Table Normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-[...1 lines deleted...]
-      <w:spacing w:after="0" w:before="40"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
-[...1 lines deleted...]
-    <w:qFormat w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
-      <w:keepNext w:val="1"/>
-      <w:keepLines w:val="1"/>
+      <w:keepNext/>
+      <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
-      <w:tblInd w:w="0.0" w:type="dxa"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="108.0" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading5Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading6Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
     <w:name w:val="Heading 6 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading6"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading7Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
     <w:name w:val="Heading 7 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading7"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading8Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-[...2 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Heading9Char" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="0000D8"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:rFonts w:cstheme="majorBidi" w:eastAsiaTheme="majorEastAsia"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="0000A6"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="QuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
       <w:ind w:left="720"/>
-      <w:contextualSpacing w:val="1"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:color="2f5496" w:space="10" w:sz="4" w:themeColor="accent1" w:themeShade="0000BF" w:val="single"/>
-        <w:bottom w:color="2f5496" w:space="10" w:sz="4" w:themeColor="accent1" w:themeShade="0000BF" w:val="single"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
-      <w:spacing w:after="360" w:before="360"/>
+      <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseQuoteChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:i w:val="1"/>
-[...1 lines deleted...]
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
-    <w:qFormat w:val="1"/>
+    <w:qFormat/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:b w:val="1"/>
-[...2 lines deleted...]
-      <w:color w:val="2f5496" w:themeColor="accent1" w:themeShade="0000BF"/>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
-      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009D3865"/>
     <w:rPr>
-      <w:color w:val="0000ff"/>
+      <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D3865"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="009D3865"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009D3865"/>
   </w:style>
-  <w:style w:type="table" w:styleId="a" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a0" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a1" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a2" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a3" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a4" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a5" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a6" w:customStyle="1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
-    <w:autoRedefine w:val="1"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="005119E3"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="005119E3"/>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="00E57648"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00E57648"/>
     <w:rPr>
-      <w:b w:val="1"/>
-      <w:bCs w:val="1"/>
+      <w:b/>
+      <w:bCs/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
-    <w:autoRedefine w:val="1"/>
+    <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="005119E3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Segoe UI"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="005119E3"/>
     <w:rPr>
       <w:rFonts w:cs="Segoe UI"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
-    <w:hidden w:val="1"/>
+    <w:hidden/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
+    <w:semiHidden/>
     <w:rsid w:val="00E57648"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden w:val="1"/>
-    <w:unhideWhenUsed w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:rsid w:val="004F7086"/>
     <w:rPr>
-      <w:color w:val="605e5c"/>
-      <w:shd w:color="auto" w:fill="e1dfdd" w:val="clear"/>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="a9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table4">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aa">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table5">
+  <w:style w:type="table" w:customStyle="1" w:styleId="ab">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table6">
+  <w:style w:type="table" w:customStyle="1" w:styleId="ac">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table7">
+  <w:style w:type="table" w:customStyle="1" w:styleId="ad">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table8">
+  <w:style w:type="table" w:customStyle="1" w:styleId="ae">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table9">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table4">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table5">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table6">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table7">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table8">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="100.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="100.0" w:type="dxa"/>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table9">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table10">
+  <w:style w:type="table" w:customStyle="1" w:styleId="af9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:pPr/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
     <w:rPr>
       <w:color w:val="595959"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table1">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afa">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table2">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afb">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table3">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afc">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table4">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afd">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table5">
+  <w:style w:type="table" w:customStyle="1" w:styleId="afe">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table6">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="0.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="115.0" w:type="dxa"/>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table7">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff0">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table8">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table9">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="Table10">
+  <w:style w:type="table" w:customStyle="1" w:styleId="aff3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
-        <w:top w:w="15.0" w:type="dxa"/>
-[...2 lines deleted...]
-        <w:right w:w="15.0" w:type="dxa"/>
+        <w:top w:w="15" w:type="dxa"/>
+        <w:left w:w="15" w:type="dxa"/>
+        <w:bottom w:w="15" w:type="dxa"/>
+        <w:right w:w="15" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gwdb.maryland.gov/lwibs/localwias.shtml" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:road2careers@maryland.gov" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:road2.careers@maryland.gov" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gwdb.maryland.gov/lwibs/localwias.shtml" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXML/item1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gwdb.maryland.gov/lwibs/localwias.shtml" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gwdb.maryland.gov/lwibs/localwias.shtml" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:road2careers@maryland.gov" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://labor.maryland.gov/employment/roadtocareers.shtml" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:road2.careers@maryland.gov" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Roboto-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -15686,70 +14535,109 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhmlCGwInGPwNY1QY8apDugaHc/Bg==">CgMxLjAaHwoBMBIaChgICVIUChJ0YWJsZS5oN3QybnJjeHM2azk4AGotChRzdWdnZXN0LjcyZ2tlaWlqZndlMxIVVGF5YWFiYWggUWF6aSAtTEFCT1Itai0KFHN1Z2dlc3QubGRsMjZpc2MzbTB2EhVUYXlhYWJhaCBRYXppIC1MQUJPUi1qLQoUc3VnZ2VzdC5qYzAwc3Zjb2NtbzISFVRheWFhYmFoIFFhemkgLUxBQk9SLWotChRzdWdnZXN0Ljk4bnl2bTlvMTUyMBIVVGF5YWFiYWggUWF6aSAtTEFCT1Itai0KFHN1Z2dlc3Qub3hzaW0wbTA1Nm1yEhVUYXlhYWJhaCBRYXppIC1MQUJPUi1qLQoUc3VnZ2VzdC54YTdyeTB4cTc3c3cSFVRheWFhYmFoIFFhemkgLUxBQk9SLXIhMS1mOG9kNjZpZktFUEI3YkNLR1IwSXdWOTZicThVMFhn</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>11</Pages>
+  <Words>1920</Words>
+  <Characters>11119</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>529</Lines>
+  <Paragraphs>237</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Maryland Department of Information Technology</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>12802</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Jenna Bachman</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
-  <dc:creator>Jenna Bachman</dc:creator>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_AdHocReviewCycleID">
     <vt:lpwstr>1194801579</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_NewReviewCycle">
     <vt:lpwstr>_NewReviewCycle</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_EmailSubject">
     <vt:lpwstr>Road to Careers - Application Draft</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_AuthorEmail">
     <vt:lpwstr>nbabu@mdot.maryland.gov</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_AuthorEmailDisplayName">
     <vt:lpwstr>Neela Babu</vt:lpwstr>
   </property>
 </Properties>
 </file>