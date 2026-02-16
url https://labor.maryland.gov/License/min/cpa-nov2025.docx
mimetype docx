--- v0 (2025-12-06)
+++ v1 (2026-02-16)
@@ -1,129 +1,123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1C52F948" w14:textId="77777777" w:rsidR="00FE1D9B" w:rsidRDefault="00FE1D9B">
-[...26 lines deleted...]
-          <w:szCs w:val="38"/>
+    <w:p w14:paraId="1C52F948" w14:textId="77051848" w:rsidR="00FE1D9B" w:rsidRPr="004A5DB9" w:rsidRDefault="00FE1D9B" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>State of Maryland</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3631FC60" w14:textId="198171CD" w:rsidR="00CA2879" w:rsidRPr="004A5DB9" w:rsidRDefault="00FE1D9B" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve">Board of </w:t>
       </w:r>
-      <w:r w:rsidR="005C4696">
-[...2 lines deleted...]
-          <w:szCs w:val="38"/>
+      <w:r w:rsidR="005C4696" w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Certified Public Accountants</w:t>
       </w:r>
-      <w:r w:rsidR="00502E9F">
-[...12 lines deleted...]
-          <w:szCs w:val="38"/>
+    </w:p>
+    <w:p w14:paraId="36ABB1B6" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRPr="004A5DB9" w:rsidRDefault="00502E9F" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_di9b3hnb3uee" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="38"/>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Business Meeting</w:t>
       </w:r>
-      <w:r w:rsidR="00FE1D9B">
-[...2 lines deleted...]
-          <w:szCs w:val="38"/>
+      <w:r w:rsidR="00FE1D9B" w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> Minutes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73CD6DDA" w14:textId="713EA5BF" w:rsidR="00CA2879" w:rsidRDefault="0055508F" w:rsidP="0055508F">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_1fwktq5nhz8d" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t xml:space="preserve">Tuesday, </w:t>
       </w:r>
       <w:r w:rsidR="00124C47">
         <w:t>November 4</w:t>
       </w:r>
       <w:r w:rsidR="007956D0">
         <w:t>, 202</w:t>
       </w:r>
       <w:r w:rsidR="0031675B">
         <w:t>5</w:t>
       </w:r>
     </w:p>
@@ -149,4922 +143,5632 @@
         </w:rPr>
         <w:t xml:space="preserve">Via </w:t>
       </w:r>
       <w:r w:rsidRPr="00AE6F5F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
         </w:rPr>
         <w:t>Google Meets Teleconference</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA7F114" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E35A6D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07D84690" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+    <w:p w14:paraId="07D84690" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MEMBERS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CED6CC4" w14:textId="1994F1CA" w:rsidR="00AE6F5F" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E35A6D">
+    <w:p w14:paraId="0CED6CC4" w14:textId="1994F1CA" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>IN ATTENDANCE</w:t>
       </w:r>
-      <w:r w:rsidR="002E68D5" w:rsidRPr="00E35A6D">
+      <w:r w:rsidR="002E68D5" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="002E68D5">
+        <w:t xml:space="preserve">:                      </w:t>
+      </w:r>
+      <w:r w:rsidR="002E68D5" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Joseph</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51B5E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Petito</w:t>
+      </w:r>
+      <w:r w:rsidR="00E66121" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00234735" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chair</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B725966" w14:textId="4386FC40" w:rsidR="00870309" w:rsidRPr="00A61B76" w:rsidRDefault="00870309" w:rsidP="00F51B5E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F51B5E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00792FD7" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Pamela Gray</w:t>
+      </w:r>
+      <w:r w:rsidR="00667693" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D1EFDB" w14:textId="020C96CC" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00870309" w:rsidP="007956D0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51B5E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Jeffery Wilson, II</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35EB81FF" w14:textId="664BD140" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidR="00395A93" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>J</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>oan Pratt</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26E6DA85" w14:textId="31B0C2DF" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00234735">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008C1C12" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Michelle Sotka</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B22EE9" w14:textId="47CC1712" w:rsidR="008C1C12" w:rsidRPr="00A61B76" w:rsidRDefault="008C1C12" w:rsidP="00234735">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Jeffery Lawson</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347F48A3" w14:textId="0BCA44FC" w:rsidR="00D845D7" w:rsidRPr="00A61B76" w:rsidRDefault="00EB333A" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">                      </w:t>
-[...27 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t>ABSENT MEMBER:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="009A6DD8" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00D845D7" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="3D6B2455" w14:textId="1D818FE8" w:rsidR="00EB333A" w:rsidRPr="00A61B76" w:rsidRDefault="00D845D7" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F51B5E">
-[...19 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    </w:p>
+    <w:p w14:paraId="6BB9458D" w14:textId="77777777" w:rsidR="00EB333A" w:rsidRPr="00A61B76" w:rsidRDefault="00EB333A" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0159F3B7" w14:textId="525D98BC" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>DLLR OFFICIALS/STAFF:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Christopher Dorsey, Executive Director</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72E76D53" w14:textId="12E5C166" w:rsidR="0030323A" w:rsidRPr="00A61B76" w:rsidRDefault="0030323A" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008C1C12">
-[...18 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="005D1534" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Robert Pambianco</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>, Legal Counsel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F24D393" w14:textId="09964956" w:rsidR="00F062C6" w:rsidRPr="00A61B76" w:rsidRDefault="00E66121" w:rsidP="005D1534">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C26BFB">
-[...23 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="009A6DD8">
-[...152 lines deleted...]
-      <w:r w:rsidR="005D1534">
+      <w:r w:rsidR="005D1534" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>S</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">harron McNeill, </w:t>
       </w:r>
-      <w:r w:rsidR="00D10B25">
+      <w:r w:rsidR="00D10B25" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Office </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Supervisor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52D58F22" w14:textId="3058E580" w:rsidR="00F062C6" w:rsidRDefault="003675B8" w:rsidP="005E2DD6">
+    <w:p w14:paraId="52D58F22" w14:textId="3058E580" w:rsidR="00F062C6" w:rsidRPr="00A61B76" w:rsidRDefault="003675B8" w:rsidP="005E2DD6">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F062C6">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Shemirra</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Massi</w:t>
+      </w:r>
+      <w:r w:rsidR="00F062C6" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, Administrative </w:t>
       </w:r>
-      <w:r w:rsidR="005D1534">
+      <w:r w:rsidR="005D1534" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Officer I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="763661D9" w14:textId="7C55D513" w:rsidR="00124C47" w:rsidRDefault="00124C47" w:rsidP="005E2DD6">
+    <w:p w14:paraId="763661D9" w14:textId="7C55D513" w:rsidR="00124C47" w:rsidRPr="00A61B76" w:rsidRDefault="00124C47" w:rsidP="005E2DD6">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Aajah Harris, Office of the Commissioner</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C9DA6D" w14:textId="6C7A3FF9" w:rsidR="005D1534" w:rsidRDefault="005D1534" w:rsidP="005E2DD6">
+    <w:p w14:paraId="33C9DA6D" w14:textId="6C7A3FF9" w:rsidR="005D1534" w:rsidRPr="00A61B76" w:rsidRDefault="005D1534" w:rsidP="005E2DD6">
       <w:pPr>
         <w:ind w:left="2160" w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65E0F84C" w14:textId="77777777" w:rsidR="0004535C" w:rsidRDefault="0004535C" w:rsidP="00AE6F5F">
+    <w:p w14:paraId="65E0F84C" w14:textId="77777777" w:rsidR="0004535C" w:rsidRPr="00A61B76" w:rsidRDefault="0004535C" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="687944D6" w14:textId="40D3843F" w:rsidR="00792FD7" w:rsidRDefault="00AE6F5F" w:rsidP="008C4DA0">
+    <w:p w14:paraId="687944D6" w14:textId="40D3843F" w:rsidR="00792FD7" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C1058">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>OTHERS PRESENT:</w:t>
       </w:r>
-      <w:r w:rsidR="00792FD7">
+      <w:r w:rsidR="00792FD7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008E380A">
+      <w:r w:rsidR="008E380A" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Marybeth Helpern</w:t>
       </w:r>
-      <w:r w:rsidR="00A1216B">
+      <w:r w:rsidR="00A1216B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>, MACPA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8913C5" w14:textId="18A5CE0B" w:rsidR="00124C47" w:rsidRDefault="00124C47" w:rsidP="008C4DA0">
+    <w:p w14:paraId="2F8913C5" w14:textId="18A5CE0B" w:rsidR="00124C47" w:rsidRPr="00A61B76" w:rsidRDefault="00124C47" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00124C47">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Rebekah Olson, MACPA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B4AC0B" w14:textId="16017DDA" w:rsidR="00A1216B" w:rsidRDefault="00A1216B" w:rsidP="008C4DA0">
+    <w:p w14:paraId="62B4AC0B" w14:textId="16017DDA" w:rsidR="00A1216B" w:rsidRPr="00A61B76" w:rsidRDefault="00A1216B" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00F51B5E">
+      <w:r w:rsidR="00F51B5E" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Kausar Syed</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C0F969" w14:textId="46FCB4AC" w:rsidR="00E94037" w:rsidRDefault="00E94037" w:rsidP="008C4DA0">
+    <w:p w14:paraId="37C0F969" w14:textId="46FCB4AC" w:rsidR="00E94037" w:rsidRPr="00A61B76" w:rsidRDefault="00E94037" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00124C47">
+      <w:r w:rsidR="00124C47" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Byron Patrick</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003A0B6B" w14:textId="396E3C50" w:rsidR="00E94037" w:rsidRDefault="00E94037" w:rsidP="008C4DA0">
+    <w:p w14:paraId="003A0B6B" w14:textId="396E3C50" w:rsidR="00E94037" w:rsidRPr="00A61B76" w:rsidRDefault="00E94037" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00124C47">
+      <w:r w:rsidR="00124C47" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>Matthew Keel</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43500ED5" w14:textId="40B7DF57" w:rsidR="004C4525" w:rsidRPr="00792FD7" w:rsidRDefault="004C4525" w:rsidP="008C4DA0">
+    <w:p w14:paraId="43500ED5" w14:textId="40B7DF57" w:rsidR="004C4525" w:rsidRPr="00A61B76" w:rsidRDefault="004C4525" w:rsidP="008C4DA0">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="485555D9" w14:textId="41F27807" w:rsidR="00193038" w:rsidRPr="006E158A" w:rsidRDefault="008C1C12" w:rsidP="00606E9B">
+    <w:p w14:paraId="485555D9" w14:textId="41F27807" w:rsidR="00193038" w:rsidRPr="00A61B76" w:rsidRDefault="008C1C12" w:rsidP="00606E9B">
       <w:pPr>
         <w:ind w:left="2880" w:hanging="2880"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307D3CD0" w14:textId="5BF876EC" w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D" w:rsidRDefault="00587277" w:rsidP="00AE6F5F">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="307D3CD0" w14:textId="5BF876EC" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00587277" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00124C47">
-[...5 lines deleted...]
-      <w:r w:rsidR="009668B7">
+      <w:r w:rsidR="00124C47" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>November</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00124C47" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidR="009668B7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E66121">
+      <w:r w:rsidR="00E66121" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="009668B7">
+      <w:r w:rsidR="009668B7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="005E2DD6">
+      <w:r w:rsidR="005E2DD6" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A7578">
+      <w:r w:rsidR="005A7578" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Maryland Board of Public Accountancy meeting </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D">
-[...11 lines deleted...]
-      <w:r w:rsidR="003D04D0">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">was called to order at </w:t>
+      </w:r>
+      <w:r w:rsidR="003D04D0" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>9:0</w:t>
       </w:r>
-      <w:r w:rsidR="00C26BFB">
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00606E9B">
+      <w:r w:rsidR="00606E9B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003D04D0">
+      <w:r w:rsidR="003D04D0" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>AM</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by</w:t>
       </w:r>
-      <w:r w:rsidR="00816016">
+      <w:r w:rsidR="00816016" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94037">
+      <w:r w:rsidR="00E94037" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mr. Joseph Petito</w:t>
       </w:r>
-      <w:r w:rsidR="00234735">
+      <w:r w:rsidR="00234735" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, Chair</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F92B4DA" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="003C1058">
+    <w:p w14:paraId="4F92B4DA" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2E7796" w14:textId="725BC9DD" w:rsidR="00242C06" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon a motion </w:t>
       </w:r>
-      <w:r w:rsidRPr="003C1058">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(I)</w:t>
       </w:r>
-      <w:r w:rsidRPr="003C1058">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
-      <w:r w:rsidR="00E94037">
+      <w:r w:rsidR="00E94037" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Ms</w:t>
       </w:r>
-      <w:r w:rsidR="00E66121">
+      <w:r w:rsidR="00E66121" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C26BFB">
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Pratt</w:t>
       </w:r>
-      <w:r w:rsidR="006E158A">
+      <w:r w:rsidR="006E158A" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A7578">
+      <w:r w:rsidR="005A7578" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">and seconded by </w:t>
       </w:r>
-      <w:r w:rsidR="00E94037">
+      <w:r w:rsidR="00E94037" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mr</w:t>
       </w:r>
-      <w:r w:rsidR="0058659A">
+      <w:r w:rsidR="0058659A" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00FA33D0">
+      <w:r w:rsidR="00FA33D0" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Lawson</w:t>
       </w:r>
-      <w:r w:rsidR="00172700">
+      <w:r w:rsidR="00172700" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="005A7578">
+      <w:r w:rsidR="005A7578" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00FA33D0">
-[...5 lines deleted...]
-      <w:r w:rsidR="00C26BFB">
+      <w:r w:rsidR="00FA33D0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>October</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00FA33D0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00C26BFB" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, 2025</w:t>
       </w:r>
-      <w:r w:rsidR="00E27FE7">
+      <w:r w:rsidR="00E27FE7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="002A5500">
+      <w:r w:rsidR="002A5500" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005A7578">
+      <w:r w:rsidR="005A7578" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">meeting minutes </w:t>
       </w:r>
-      <w:r w:rsidR="00C25B5F">
+      <w:r w:rsidR="00C25B5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>were unanimously approve</w:t>
       </w:r>
-      <w:r w:rsidR="004B6819">
+      <w:r w:rsidR="004B6819" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9F0831" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
+    <w:p w14:paraId="7F9F0831" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRPr="00A61B76" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68FD5D2A" w14:textId="77777777" w:rsidR="00C26BFB" w:rsidRDefault="00C26BFB" w:rsidP="00AE6F5F">
+    <w:p w14:paraId="68FD5D2A" w14:textId="77777777" w:rsidR="00C26BFB" w:rsidRPr="00A61B76" w:rsidRDefault="00C26BFB" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A4A8D89" w14:textId="77777777" w:rsidR="00C26BFB" w:rsidRDefault="00C26BFB" w:rsidP="00AE6F5F">
+    <w:p w14:paraId="2A4A8D89" w14:textId="77777777" w:rsidR="00C26BFB" w:rsidRPr="00A61B76" w:rsidRDefault="00C26BFB" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1AF56D5C" w14:textId="5AEBFCB5" w:rsidR="00AE6F5F" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="1AF56D5C" w14:textId="5AEBFCB5" w:rsidR="00AE6F5F" w:rsidRPr="004A5DB9" w:rsidRDefault="00AE6F5F" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Chairman’s Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F49805" w14:textId="010087DA" w:rsidR="00FA33D0" w:rsidRPr="00E64F6B" w:rsidRDefault="00FA33D0" w:rsidP="00FA33D0">
+    <w:p w14:paraId="39F49805" w14:textId="010087DA" w:rsidR="00FA33D0" w:rsidRPr="00A61B76" w:rsidRDefault="00FA33D0" w:rsidP="00FA33D0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Per the direction of the Board, </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Petito</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> made the necessary revisions to reflect the Board’s position on the pipeline legislation and provided the updated document to </w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Executive Director</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> so he can move it forward through the approval process with the Governor’s Office.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7778DD91" w14:textId="12BC2B29" w:rsidR="00FA33D0" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00FA33D0">
+    <w:p w14:paraId="7778DD91" w14:textId="12BC2B29" w:rsidR="00FA33D0" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00FA33D0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Petito</w:t>
       </w:r>
-      <w:r w:rsidR="00FA33D0" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00FA33D0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> also met with staff to plan and coordinate the upcoming meeting to ensure all agenda items and logistics are in order.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68DF92F2" w14:textId="7BDD7B03" w:rsidR="00F47FE1" w:rsidRPr="00E64F6B" w:rsidRDefault="00FA33D0" w:rsidP="00F47FE1">
+    <w:p w14:paraId="68DF92F2" w14:textId="7BDD7B03" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00FA33D0" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Lastly, </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Petito</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> would like to note that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">the next meeting will be </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>his</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> final meeting</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as Chair.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60763E8E" w14:textId="1491603D" w:rsidR="00F47FE1" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
+    <w:p w14:paraId="60763E8E" w14:textId="1491603D" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Petito stated</w:t>
       </w:r>
-      <w:r w:rsidR="00E64F6B" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> “</w:t>
       </w:r>
-      <w:r w:rsidR="00E64F6B" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>he Governor has been gracious in allowing me to continue serving beyond my official term; however, my term has now come to an end</w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> As a result, during our next meeting, we will need to </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elect a new Chair, Secretary, and other </w:t>
       </w:r>
-      <w:r w:rsidR="00E64F6B" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oard officers</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as appropriate</w:t>
       </w:r>
-      <w:r w:rsidR="00E27CAE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E27CAE" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="334AADB8" w14:textId="15B8DA84" w:rsidR="00F47FE1" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
+    <w:p w14:paraId="334AADB8" w14:textId="15B8DA84" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Petito is </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>encourag</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ing </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">all </w:t>
       </w:r>
-      <w:r w:rsidR="00E64F6B" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>oard members to consider whether they might be interested in stepping into one of the</w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Board’s</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> leadership roles and experiencing the many rewards and responsibilities that come with serving as Chair of the Board of Public Accountancy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F74768" w14:textId="63A9D69B" w:rsidR="00F47FE1" w:rsidRPr="00E64F6B" w:rsidRDefault="00587277" w:rsidP="00F47FE1">
+    <w:p w14:paraId="52F74768" w14:textId="63A9D69B" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00587277" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Board</w:t>
       </w:r>
-      <w:r w:rsidR="00E27CAE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E27CAE" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">will hold these elections at the </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>next meeting of the Board</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69A2E5A2" w14:textId="326CDB7D" w:rsidR="00234735" w:rsidRPr="00E64F6B" w:rsidRDefault="00234735" w:rsidP="0075765B">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+    <w:p w14:paraId="69A2E5A2" w14:textId="326CDB7D" w:rsidR="00234735" w:rsidRPr="00A61B76" w:rsidRDefault="00234735" w:rsidP="0075765B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Upon a motion </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(II)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
-      <w:r w:rsidR="005E2DD6" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="005E2DD6" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>s. Gray</w:t>
       </w:r>
-      <w:r w:rsidR="00C70549" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00C70549" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">and seconded by </w:t>
       </w:r>
-      <w:r w:rsidR="00012E39" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00012E39" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="00590A17" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00590A17" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">r. </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Lawson</w:t>
       </w:r>
-      <w:r w:rsidR="006D484E" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="006D484E" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00E13083" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E13083" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> Chairman’s Report was unanimously approved. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29505690" w14:textId="77777777" w:rsidR="00234735" w:rsidRDefault="00234735" w:rsidP="00AE6F5F">
-[...9 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="29505690" w14:textId="77777777" w:rsidR="00234735" w:rsidRPr="00A61B76" w:rsidRDefault="00234735" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B1AA521" w14:textId="77777777" w:rsidR="00CD32CF" w:rsidRPr="004A5DB9" w:rsidRDefault="00AE6F5F" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Executive Director’s Report</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47061A96" w14:textId="77777777" w:rsidR="00E64F6B" w:rsidRDefault="00CD32CF" w:rsidP="00E64F6B">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="47061A96" w14:textId="77777777" w:rsidR="00E64F6B" w:rsidRPr="00A61B76" w:rsidRDefault="00CD32CF" w:rsidP="00E64F6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD32CF">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7373935D" w14:textId="5A1D887C" w:rsidR="00F47FE1" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00E64F6B">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="7373935D" w14:textId="5A1D887C" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00E64F6B">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Mr. Dorsey</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> beg</w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">n by sharing that a </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>replacement has been selected for Mr. Dunn</w:t>
       </w:r>
-      <w:r w:rsidR="00E64F6B">
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. Mr. Dunne’s last meeting with the Board was in </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>October</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">, and his replacement has </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>not yet been sworn in</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>, which is why they were unable to attend today</w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>’s meeting</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">. However, we anticipate that they will be fully onboard and able to participate in the </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>December meeting</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> as our newest </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>consumer member</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1" w:rsidRPr="00E64F6B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33E9508B" w14:textId="65E2D718" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="33E9508B" w14:textId="65E2D718" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Additionally, </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37">
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Mr. Dorsey </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>provide</w:t>
       </w:r>
-      <w:r w:rsidR="00402C37">
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tentative 2026 Board meeting dates</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C3C4C8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="18C3C4C8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>January 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2960EFCB" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="2960EFCB" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>April 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06DC0F00" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="06DC0F00" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>June 7</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433814B8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="433814B8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>August 4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="597FA6A4" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="597FA6A4" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>September 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1128CC94" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="1128CC94" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>October 6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653D0BED" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="653D0BED" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>November 10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71FF6BD8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="71FF6BD8" w14:textId="77777777" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>December 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ED93B1F" w14:textId="4DF1922C" w:rsidR="00F47FE1" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
+    <w:p w14:paraId="6ED93B1F" w14:textId="4DF1922C" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>hese dates</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> will be sent out</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> via email to all members for reference. </w:t>
       </w:r>
-      <w:r w:rsidR="00587277">
+      <w:r w:rsidR="00587277" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">hese dates are </w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>subject to change</w:t>
       </w:r>
-      <w:r w:rsidR="00F47FE1">
+      <w:r w:rsidR="00F47FE1" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> as needed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBE05A1" w14:textId="49E7E853" w:rsidR="00F47FE1" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
+    <w:p w14:paraId="1EBE05A1" w14:textId="49E7E853" w:rsidR="00F47FE1" w:rsidRPr="00A61B76" w:rsidRDefault="00F47FE1" w:rsidP="00F47FE1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">That concludes </w:t>
       </w:r>
-      <w:r w:rsidR="00402C37">
+      <w:r w:rsidR="00402C37" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>the Executive Directors r</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>eport for today.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A48A16C" w14:textId="77777777" w:rsidR="00FF6652" w:rsidRDefault="00FF6652" w:rsidP="00792FD7">
-[...14 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="3A48A16C" w14:textId="77777777" w:rsidR="00FF6652" w:rsidRPr="00A61B76" w:rsidRDefault="00FF6652" w:rsidP="00792FD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="013BE644" w14:textId="1289D9AA" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00792FD7" w:rsidP="00792FD7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Upon a motion </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FF6652">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>(III</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6652" w:rsidRPr="00FF6652">
+      <w:r w:rsidR="00FF6652" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6652">
+      <w:r w:rsidR="00FF6652" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> by M</w:t>
       </w:r>
-      <w:r w:rsidR="002E4DA5">
+      <w:r w:rsidR="002E4DA5" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>s. Pratt</w:t>
       </w:r>
-      <w:r w:rsidR="00FF6652">
+      <w:r w:rsidR="00FF6652" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> s</w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="006934B0">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>econded by</w:t>
       </w:r>
-      <w:r w:rsidR="006E4A1A">
+      <w:r w:rsidR="006E4A1A" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00530D9D">
+      <w:r w:rsidR="00530D9D" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
-      <w:r w:rsidR="002E4DA5">
+      <w:r w:rsidR="002E4DA5" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>s. Sotka</w:t>
       </w:r>
-      <w:r w:rsidR="003C4B68">
+      <w:r w:rsidR="003C4B68" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00187970">
+      <w:r w:rsidR="00187970" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="006934B0">
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>the Board unanimously approved the Executive Director’s report.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5063BD1F" w14:textId="0E454FB5" w:rsidR="008F388B" w:rsidRPr="00A61B76" w:rsidRDefault="008F388B" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="228B0677" w14:textId="7F99F548" w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
-[...2 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+    <w:p w14:paraId="228B0677" w14:textId="7F99F548" w:rsidR="00AE6F5F" w:rsidRPr="004A5DB9" w:rsidRDefault="00AE6F5F" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Exam Appeals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73F2263D" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
-[...12 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="73F2263D" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRPr="00A61B76" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12BBD1FC" w14:textId="096E9FB9" w:rsidR="00322D42" w:rsidRPr="00A61B76" w:rsidRDefault="00027DE6" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">There </w:t>
       </w:r>
-      <w:r w:rsidR="001F36B4">
+      <w:r w:rsidR="001F36B4" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">were </w:t>
       </w:r>
-      <w:r w:rsidR="00C93D98">
+      <w:r w:rsidR="00C93D98" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>zero</w:t>
       </w:r>
-      <w:r w:rsidR="001F36B4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="001F36B4" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (0) Exam Appeals</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63099AF6" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0745737D" w14:textId="77777777" w:rsidR="001E752F" w:rsidRPr="004A5DB9" w:rsidRDefault="001E752F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2110656D" w14:textId="0D0FD846" w:rsidR="004A5DB9" w:rsidRPr="004A5DB9" w:rsidRDefault="00AE6F5F" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F36B4" w:rsidRPr="005D5775">
-[...22 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidR="00DC2087" w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Committee </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Report</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4DA5" w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00DC2087">
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Numbers</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2755BCA0" w14:textId="77777777" w:rsidR="00A72CE0" w:rsidRPr="00A61B76" w:rsidRDefault="00A72CE0" w:rsidP="00AE6F5F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">Committee </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E35A6D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E383879" w14:textId="64314261" w:rsidR="00A72CE0" w:rsidRPr="00A61B76" w:rsidRDefault="00A72CE0" w:rsidP="00AE6F5F">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...22 lines deleted...]
-          <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">The Board voted to </w:t>
       </w:r>
-      <w:r w:rsidRPr="00727E2E">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">review and approve the committee </w:t>
       </w:r>
-      <w:r w:rsidR="00727E2E" w:rsidRPr="00727E2E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00727E2E" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>numbers</w:t>
       </w:r>
-      <w:r w:rsidR="00727E2E" w:rsidRPr="00727E2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00727E2E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidRPr="00727E2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> agreed that discussion will occur </w:t>
       </w:r>
-      <w:r w:rsidRPr="00727E2E">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>only if any issues or discrepancies arise</w:t>
       </w:r>
-      <w:r w:rsidRPr="00727E2E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> with the figures</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> with the figures.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33844FF2" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRPr="00A61B76" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BBA0651" w14:textId="0F77E148" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon a motion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00234735" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>IV</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by M</w:t>
+      </w:r>
+      <w:r w:rsidR="00F165B6" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00943783" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="33844FF2" w14:textId="77777777" w:rsidR="00E63C2C" w:rsidRPr="00727E2E" w:rsidRDefault="00E63C2C" w:rsidP="00AE6F5F">
+      <w:r w:rsidR="00FF6652" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A72CE0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Lawson</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED24E5" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E4A1A" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">and seconded by </w:t>
+      </w:r>
+      <w:r w:rsidR="005E2DD6" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72CE0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>s. Pratt</w:t>
+      </w:r>
+      <w:r w:rsidR="006D484E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003C4B68" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the Board unanimously approved the </w:t>
+      </w:r>
+      <w:r w:rsidR="00727E2E" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Committee Report</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72CE0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Numbers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A915141" w14:textId="77777777" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="595B409E" w14:textId="77777777" w:rsidR="00ED24E5" w:rsidRPr="00A61B76" w:rsidRDefault="00ED24E5" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...17 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53A5F7AF" w14:textId="77777777" w:rsidR="004A5DB9" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A46D62">
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Unfinished Business</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46795FC3" w14:textId="77777777" w:rsidR="004A5DB9" w:rsidRDefault="004A5DB9" w:rsidP="00211D3A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>)</w:t>
-[...152 lines deleted...]
-        <w:outlineLvl w:val="2"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53DEF092" w14:textId="211BE6FE" w:rsidR="002C0450" w:rsidRPr="00A61B76" w:rsidRDefault="002C0450" w:rsidP="00211D3A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00890353">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="27"/>
-          <w:szCs w:val="27"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">AICPA </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="64F45F8C" w14:textId="448516F3" w:rsidR="007E2807" w:rsidRPr="00E64F6B" w:rsidRDefault="007E2807" w:rsidP="007E2807">
+        <w:t>AICPA Potential Revisions to Code of Conduct related to Independence in Alternative Practice Structure</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F45F8C" w14:textId="448516F3" w:rsidR="007E2807" w:rsidRPr="00A61B76" w:rsidRDefault="007E2807" w:rsidP="007E2807">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">There are no updates </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>at this time</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regarding </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Item Number One</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>AICPA’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> potential revisions to the Code of Conduct</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E314D8" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="01E314D8" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Presentation on Artificial Intelligence – Byron Patrick</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FA35185" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="7FA35185" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Byron Patrick delivered a presentation on the evolving landscape of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Artificial Intelligence (AI)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and its growing impact on the accounting and auditing professions. He began by noting that AI is advancing at an exceptionally rapid pace—so much so that even industry leaders find it challenging to stay fully current. His goal was not to teach technical skills but to establish a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>common understanding and vocabulary</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> around AI and to discuss its </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>practical implications</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...6 lines deleted...]
-    <w:p w14:paraId="377B5E38" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the profession today and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>in the near future</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="377B5E38" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Patrick shared that he had the privilege of creating the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>first AI-focused training program for CPAs in the country</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, developed in partnership with the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Maryland Association of CPAs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and launched in the past year. He emphasized the connection between emerging AI capabilities and the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>AICPA’s new quality management standards</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...6 lines deleted...]
-    <w:p w14:paraId="12DA6157" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, effective December, which </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>adopt</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a risk-based approach to audit management and specifically </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>include</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> evaluating the use of AI in audit processes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12DA6157" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>He provided a brief overview of AI technologies, distinguishing between:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED4F5A9" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="5ED4F5A9" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Machine Learning</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, which identifies patterns and has long been part of tools such as recommendation engines and image recognition.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AE130EF" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="2AE130EF" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Deep Learning</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, which powers technologies like facial recognition and autonomous driving.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C1F00D1" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="1C1F00D1" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Generative AI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, such as ChatGPT, Copilot, Gemini, and Claude, which can now generate original content rather than simply recognize patterns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6F0A0B" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="6C6F0A0B" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Patrick explained that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Generative AI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is particularly relevant to the accounting profession because it can automate many foundational audit tasks, allowing professionals to focus on higher-level analysis and decision-making. He also mentioned </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>agentic AI</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, an emerging technology still in early development, expected to further advance automation and intelligent workflow.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE14A11" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="7AE14A11" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">To demonstrate AI’s current capabilities, Mr. Patrick shared examples of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>practical use cases</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> within the audit process:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE37AF8" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="2FE37AF8" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Risk assessment and audit planning:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> AI tools can analyze programs and identify risk levels quickly and accurately.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F13B42" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="44F13B42" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Document review:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Systems can review and summarize purchase agreements or board minutes efficiently, improving accuracy and saving time.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="757B3188" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="757B3188" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Audit documentation and drafting:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> AI can generate narratives, financial statement disclosures, and workpapers based on audit steps performed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12283774" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="12283774" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Control design and evaluation:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> AI can assist in assessing internal controls and identifying potential weaknesses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BE41929" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="2BE41929" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Patrick referenced three valuable resources for further reading on AI and auditing:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68A60053" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="68A60053" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>U.S. Government Accountability Office (GAO)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> white paper on AI in commercial audit applications.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43676677" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="43676677" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Public Company Accounting Oversight Board (PCAOB)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> report on the use of AI by audit organizations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70D2B5CC" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="70D2B5CC" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Center for Audit Quality (CAQ)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> publication on AI and assurance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E9559C1" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="5E9559C1" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">During discussion, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Mr. Jeff Lawson</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> raised a common misconception about </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>data privacy and confidentiality</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in using AI tools. Mr. Patrick clarified that while early versions of AI platforms lacked strong safeguards, today’s enterprise systems include </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>robust data protection and privacy controls</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Information </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>entered into</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> enterprise AI systems does </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>not become public</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or accessible to others, provided standard data security practices are followed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A12AB0" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="22A12AB0" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mr. Patrick also explained the distinction between </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>open</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>closed AI systems</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEF7928" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="1BEF7928" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Closed systems</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are built and maintained internally, using only an organization’s data. They provide greater control and privacy but require technical expertise and resources to maintain.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D07B77E" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="4D07B77E" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="27"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>Open systems</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rely on data from large public sources and are managed by technology providers such as OpenAI, Microsoft, or Google. While more accessible, they carry different risks related to transparency and data provenance.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">He noted that both models present distinct </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>risk factors</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, and organizations must carefully evaluate which approach best fits their needs and resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C172CF3" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="3C172CF3" w14:textId="77777777" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In response to a question from </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chairman Joseph Petito</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Mr. Patrick stated that while AI will continue to reshape the profession, it is not expected to eliminate the need for CPAs. Given the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>current shortage of accounting professionals</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, AI is more likely to serve as a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>valuable support tool</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, helping firms meet workload demands and maintain audit quality rather than replacing auditors outright.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60242763" w14:textId="719EDEF7" w:rsidR="00F06E78" w:rsidRPr="00E64F6B" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
+    <w:p w14:paraId="60242763" w14:textId="719EDEF7" w:rsidR="00F06E78" w:rsidRPr="00A61B76" w:rsidRDefault="00F06E78" w:rsidP="00F06E78">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mr. Petito thanked Mr. Patrick for his informative presentation and acknowledged Mr. Lawson for facilitating the introduction.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2581B9BD" w14:textId="2C307BA9" w:rsidR="004A78D0" w:rsidRDefault="00EE0AB5" w:rsidP="004A78D0">
+    <w:p w14:paraId="6BF16E93" w14:textId="77777777" w:rsidR="000A423C" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">New Business </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7448F3AC" w14:textId="77777777" w:rsidR="00D06D4D" w:rsidRDefault="00D06D4D" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09B6B8C3" w14:textId="548458A1" w:rsidR="000A423C" w:rsidRDefault="006135D7" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="000A423C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ne</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63624866" w14:textId="41DAD819" w:rsidR="006135D7" w:rsidRPr="000A423C" w:rsidRDefault="006135D7" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="218A0398" w14:textId="6232F916" w:rsidR="00EE0AB5" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correspondence </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46B8B177" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="367CF481" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>None</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72BCBD45" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="000A423C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59469379" w14:textId="01BAA8E1" w:rsidR="00EE0AB5" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MACPA Report to the Board</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03945F21" w14:textId="3BBA109D" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="left"/>
-        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00890353">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">New Business </w:t>
-[...101 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t xml:space="preserve">Presented by: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27CAE" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="003D43E7">
+        <w:t>Rebekah Olson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Presented by: </w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> on behalf of the Maryland Association of CPAs (MACPA)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FD9DCD" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+    <w:p w14:paraId="27FD9DCD" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ms. Olson began by thanking the Board for hosting the earlier presentation, noting that the Board continues to engage in </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>important and timely discussions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...6 lines deleted...]
-    <w:p w14:paraId="479B8655" w14:textId="483A00C0" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that directly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>impact</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the accounting profession.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479B8655" w14:textId="483A00C0" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Ms. Olson</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>reiterated</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that, as mentioned by Mr. Byron Patrick, the </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>new AICPA quality management standards</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> will take effect on </w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>December 15th</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. To help firms prepare, the </w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Coastal Peer Review</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> program, in partnership with the MACPA, has conducted </w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>three free informational sessions</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, the most recent held within the past two weeks. Each session included a </w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Q&amp;A segment</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> designed to address firm-specific implementation questions. Ms. Olson acknowledged that, while the standards have been available for some time, many firms tend to delay preparation, so these final sessions were intended to provide additional support and resources.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347D41F2" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+    <w:p w14:paraId="347D41F2" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ms. Olson also highlighted that </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>November is Accounting Awareness Month</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. As part of this initiative, the MACPA will host a </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>joint virtual event</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> tomorrow evening with the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Virginia Society of CPAs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>North Carolina Association of CPAs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. The program, conducted through the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>MACPA Foundation</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, will feature </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>three panel discussions</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> showcasing diverse </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>career paths and opportunities</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E64F6B">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the accounting profession.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4457BD4D" w14:textId="204B7380" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
+    <w:p w14:paraId="4457BD4D" w14:textId="204B7380" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Ms. Olson</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reported that </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>142 students</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have registered for the event, including </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>55 from Maryland</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, and noted that additional last-minute registrations are expected. Ms. Olson expressed enthusiasm about the level of student engagement and the collaborative nature of the event.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75060B63" w14:textId="33444A03" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Olson then shared that the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MACPA Foundation Board</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> recently held its quarterly meeting at </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Towson University</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This choice of venue was inspired by the Board of Accountancy’s own meeting at Morgan State earlier this year, as well as the Board’s engagement with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Dr. Burnett</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sydney</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, who helped facilitate that event. She thanked the Board for setting a positive example of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>community engagement and campus visibility</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, which the MACPA has been proud to follow.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03EFBBB2" w14:textId="05988C60" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Olson </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">continued by noting that </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>November also marks the annual celebration and swearing-in of newly licensed CPAs</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The ceremony is scheduled for </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>November 20th</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and approximately </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>60 new CPAs</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have already registered to attend, with additional registrations anticipated. Ms. Olson stated that this may be </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rStyle w:val="Strong"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>one of the largest new CPA groups in recent years</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, which is especially encouraging given recent fluctuations in exam participation.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F005057" w14:textId="778EFB51" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ms. Olson</w:t>
       </w:r>
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> also announced that </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00E6546F" w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Maryland Secretary of Labor, Portia Wu</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, has graciously accepted the MACPA’s invitation to </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="75060B63" w14:textId="33444A03" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>administer the CPA oath</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at the ceremony. Ms. Olson encouraged Board members to attend and join in welcoming Secretary Wu and celebrating the accomplishments of Maryland’s newest CPAs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A16E7AE" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finally, Ms. Olson confirmed that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidR="00E64F6B" w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Coastal Peer Review</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> would be available to provide its </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>annual update</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> during the Board’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>February meeting</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, consistent with past practice. She will coordinate with the Board’s staff to ensure that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="03EFBBB2" w14:textId="05988C60" w:rsidR="00E6546F" w:rsidRPr="00E64F6B" w:rsidRDefault="00402C37" w:rsidP="00E6546F">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mr. Mike Mann</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, CPA, from Coastal Peer Review, will be present to deliver the update.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BC2E265" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-        </w:rPr>
-[...192 lines deleted...]
-    <w:p w14:paraId="4995C027" w14:textId="65CF2A8D" w:rsidR="00EE0AB5" w:rsidRPr="00E64F6B" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ms. Olson concluded her remarks by thanking the Board for its continued collaboration and support of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>the MACPA’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> initiatives.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4995C027" w14:textId="65CF2A8D" w:rsidR="00EE0AB5" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Public Questions and Comments</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E438BBE" w14:textId="68621874" w:rsidR="004A5DB9" w:rsidRPr="004A5DB9" w:rsidRDefault="004A5DB9" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>None</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3426A63C" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49C4275C" w14:textId="59D29FF0" w:rsidR="00EE0AB5" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="10F97336" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00E64F6B" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Closed Session</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0526CCEB" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C8FF457" w14:textId="23C0B313" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">On a motion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E64F6B">
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(V)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AD8" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Wilson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and seconded by </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AD8" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Ms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AD8" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Gray</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA57E9" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Board voted to move to a closed session at </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>1 am via a Google Meets teleconference, where log-in information was only provided to Board members and staff. The purpose of this session was to protect confidential attorney-client communications and licensing information shielded by the Maryland Public Information Act in regard to a</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA57E9" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> application (as permitted by Sections 3-305(b)(7) and (b)(13) of the Open Meetings law), as well as to receive the Complaint Committee Report and the minutes of its </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1BFB" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>September</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> closed session, administrative functions not subject to the Open Meetings law pursuant to Section 3-103(a)(1)(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>) of the General Provisions article.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799D8472" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
-        <w:t>None</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="224546F4" w14:textId="77777777" w:rsidR="001E1BFB" w:rsidRPr="004A5DB9" w:rsidRDefault="001E1BFB" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...174 lines deleted...]
-    <w:p w14:paraId="224546F4" w14:textId="77777777" w:rsidR="001E1BFB" w:rsidRPr="00890353" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Summary of Closed Session</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BFCA04" w14:textId="77777777" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16B5F151" w14:textId="77777777" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Date and Time: November 4, 2025 / 10:01 am</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF77F8C" w14:textId="77777777" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Place: Virtual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE516DF" w14:textId="08A9242F" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Persons</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> present: Petito, Wilson II, Pratt, Lawson, Sotka, and Gray (members), as well as Dorsey, McNeil, and Massie (Staff), and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Pambianco</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (counsel).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78AB29E6" w14:textId="7BF35908" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Topic of Discussion: Complaint Committee Report, minutes of September Closed Session, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2644FE5B" w14:textId="3A12389E" w:rsidR="001E1BFB" w:rsidRPr="00A61B76" w:rsidRDefault="001E1BFB" w:rsidP="001E1BFB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Actions taken: Approved complaint committee report and September closed session minutes</w:t>
+      </w:r>
+      <w:r w:rsidR="007822F2" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>, and with respect to the application matter, voted to request additional information.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEEF743" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C9083E8" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="004A5DB9" w:rsidRDefault="00EE0AB5" w:rsidP="004A5DB9">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004A5DB9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i w:val="0"/>
+          <w:iCs/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>Return to Open Session</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F212875" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7619EDC9" w14:textId="4EC5A4C0" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Motion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-      <w:pPr>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006135D7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...217 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>VI</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006135D7">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Wilson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and seconded by Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11AD8" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Lawson</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>, the Board unanimously approved the motion made during the Closed Session.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BC43DB1" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="127F8AF1" w14:textId="1688E321" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk213663649"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon a motion </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>VI</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="006135D7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...54 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006135D7">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Dunne</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and seconded by Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB2C84" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>Gray</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Board adjourned at 10:13 am.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="0966459C" w14:textId="77777777" w:rsidR="006F2281" w:rsidRPr="00A61B76" w:rsidRDefault="006F2281" w:rsidP="006F2281">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2FEF36" w14:textId="77777777" w:rsidR="00EE0AB5" w:rsidRPr="00A61B76" w:rsidRDefault="00EE0AB5" w:rsidP="00EE0AB5">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F8E0CC2" w14:textId="5659862F" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+      <w:pPr>
+        <w:ind w:right="-198"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk213664309"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Upon a motion </w:t>
+      </w:r>
+      <w:r w:rsidR="006135D7" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>VII</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>(VII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>I)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> by Mr. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB2C84">
+        <w:t xml:space="preserve"> by Mr. Wilson</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>Dunne</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t xml:space="preserve"> II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and seconded by Mr. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB2C84">
+        <w:t xml:space="preserve"> and seconded by Ms. Pratt</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64F6B" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>Gray</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00890353">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the Board adjourned at 10:13 am.</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="0966459C" w14:textId="77777777" w:rsidR="006F2281" w:rsidRDefault="006F2281" w:rsidP="006F2281">
+        <w:t xml:space="preserve"> the Board adjourned at 10:26 am.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="58FBBE9B" w14:textId="77777777" w:rsidR="00CA0134" w:rsidRPr="00A61B76" w:rsidRDefault="00CA0134" w:rsidP="001E7547">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2DB3ED" w14:textId="77777777" w:rsidR="00AD5F3D" w:rsidRPr="00A61B76" w:rsidRDefault="00AD5F3D" w:rsidP="00AE6F5F">
       <w:pPr>
         <w:ind w:right="-198"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...27 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D5C73A0" w14:textId="2A599E60" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>NEXT MEETING:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7971" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...47 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7971" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Tuesday,</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD7971" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>December 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C0500F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00890353">
-[...42 lines deleted...]
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidR="00CD7971" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00121C6C" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006F2281" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>via Google Meets teleconferencing at 9:00</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> AM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ECC8396" w14:textId="77777777" w:rsidR="006F3549" w:rsidRPr="00A61B76" w:rsidRDefault="006F3549" w:rsidP="00AE6F5F">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76E0EFC0" w14:textId="56F43C09" w:rsidR="006F3549" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="006F3549">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="009A15D3" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="003D04D0" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD7971" w:rsidRPr="00CD7971">
-[...61 lines deleted...]
-    <w:p w14:paraId="2ECC8396" w14:textId="77777777" w:rsidR="006F3549" w:rsidRDefault="006F3549" w:rsidP="00AE6F5F">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">With </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>corrections                 _____</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00E6546F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA344B" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Without</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corrections </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D07B3C" w14:textId="50A29A4D" w:rsidR="00AD5F3D" w:rsidRPr="00A61B76" w:rsidRDefault="002948B8" w:rsidP="006F3549">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="76E0EFC0" w14:textId="56F43C09" w:rsidR="006F3549" w:rsidRDefault="00AE6F5F" w:rsidP="006F3549">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A839F77" w14:textId="77777777" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="002139A4" w:rsidP="002139A4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E35A6D">
-[...78 lines deleted...]
-    <w:p w14:paraId="61D07B3C" w14:textId="50A29A4D" w:rsidR="00AD5F3D" w:rsidRDefault="002948B8" w:rsidP="006F3549">
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A019C6F" w14:textId="2FF2BA33" w:rsidR="00E6546F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="002139A4">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Signature on file</w:t>
+      </w:r>
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-    </w:p>
-[...33 lines deleted...]
-      <w:r w:rsidR="00135B79">
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00135B79">
-[...11 lines deleted...]
-      <w:r w:rsidR="00135B79">
+      <w:r w:rsidR="00135B79" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t>12/4/2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16149819" w14:textId="272D846F" w:rsidR="00AE6F5F" w:rsidRPr="00E6546F" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
+    <w:p w14:paraId="16149819" w14:textId="272D846F" w:rsidR="00AE6F5F" w:rsidRPr="00A61B76" w:rsidRDefault="00E6546F" w:rsidP="00E6546F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">       ____________________                  </w:t>
       </w:r>
-      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00E35A6D">
+      <w:r w:rsidR="00AE6F5F" w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="540BFA61" w14:textId="76E85890" w:rsidR="0028794B" w:rsidRDefault="00AE6F5F" w:rsidP="00021D96">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00E35A6D">
+    <w:p w14:paraId="540BFA61" w14:textId="76E85890" w:rsidR="0028794B" w:rsidRPr="00A61B76" w:rsidRDefault="00AE6F5F" w:rsidP="00021D96">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat SemiBold" w:hAnsiTheme="minorHAnsi" w:cs="Montserrat SemiBold"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">           Chairman                                                       </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E35A6D">
+      <w:r w:rsidRPr="00A61B76">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Date </w:t>
       </w:r>
-      <w:r w:rsidR="00502E9F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:eastAsia="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Montserrat SemiBold"/>
+      <w:r w:rsidR="00502E9F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat SemiBold" w:hAnsiTheme="minorHAnsi" w:cs="Montserrat SemiBold"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00502E9F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Montserrat SemiBold" w:eastAsia="Montserrat SemiBold" w:hAnsi="Montserrat SemiBold" w:cs="Montserrat SemiBold"/>
+      <w:r w:rsidR="00502E9F" w:rsidRPr="00A61B76">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Montserrat SemiBold" w:hAnsiTheme="minorHAnsi" w:cs="Montserrat SemiBold"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0028794B">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:sectPr w:rsidR="0028794B" w:rsidRPr="00A61B76">
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="0" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6565696C" w14:textId="77777777" w:rsidR="00E37062" w:rsidRDefault="00E37062">
+    <w:p w14:paraId="4CA81C26" w14:textId="77777777" w:rsidR="00882DEC" w:rsidRDefault="00882DEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1832C844" w14:textId="77777777" w:rsidR="00E37062" w:rsidRDefault="00E37062">
+    <w:p w14:paraId="60FA7473" w14:textId="77777777" w:rsidR="00882DEC" w:rsidRDefault="00882DEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5132,436 +5836,569 @@
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EB Garamond">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="02000413" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4994C0E7" w14:textId="77777777" w:rsidR="00A00C75" w:rsidRDefault="00A00C75">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6096C863" w14:textId="60186870" w:rsidR="00CA2879" w:rsidRDefault="00502E9F">
     <w:pPr>
       <w:spacing w:before="240" w:after="240" w:line="360" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00D73F23">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5A3D2971" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00FE1D9B">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>www.dl</w:t>
     </w:r>
     <w:r w:rsidR="00832F5B">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>llr.state.md.us/license/cpa/</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="776BC377" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRPr="00A00C75" w:rsidRDefault="00A00C75">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Montserrat" w:eastAsia="Montserrat" w:hAnsi="Montserrat" w:cs="Montserrat"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="4" w:name="_gjdgxs" w:colFirst="0" w:colLast="0"/>
     <w:bookmarkEnd w:id="4"/>
+    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>wes moore, governor</w:t>
+      <w:t>wes</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>moore</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">, </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>governor</w:t>
     </w:r>
     <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">  |  </w:t>
+      <w:t xml:space="preserve">  |</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A00C75">
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>aruna miller, lt. governor</w:t>
+      <w:t xml:space="preserve">  </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>aruna</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> miller, lt. </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>governor</w:t>
     </w:r>
     <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">  |   </w:t>
+      <w:t xml:space="preserve">  |</w:t>
     </w:r>
-    <w:r w:rsidRPr="00A00C75">
+    <w:proofErr w:type="gramEnd"/>
+    <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>portia wu, secretary</w:t>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>portia</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>wu</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="00A00C75">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:smallCaps/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>, secretary</w:t>
     </w:r>
     <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00502E9F" w:rsidRPr="00A00C75">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1AD1C9CF" wp14:editId="7D37BFEB">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1AD1C9CF" wp14:editId="7C07D92C">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>76201</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>76200</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5867400" cy="12700"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:effectExtent l="0" t="0" r="19050" b="25400"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Straight Arrow Connector 1"/>
+              <wp:docPr id="1" name="Straight Arrow Connector 1" descr="Border"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="2412300" y="3780000"/>
                         <a:ext cx="5867400" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="12700" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:srgbClr val="981E32"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                         <a:headEnd type="none" w="sm" len="sm"/>
                         <a:tailEnd type="none" w="sm" len="sm"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="459D9B8D" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="485801CF" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
-            <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:6pt;margin-top:6pt;width:462pt;height:1pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdc3CZ0wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K807l02ZZRp/vQ7vKC&#10;YCXgA9wkMxMpN8Wh0/49Tlq2XB6QEPOQSWL7+Bzb2TycrGFHFVF71/NmUXOmnPBSu7HnX788vVlz&#10;hgmcBOOd6vlZIX/Yvn61mUOnWj95I1VkBOKwm0PPp5RCV1UoJmUBFz4oR8bBRwuJjnGsZISZ0K2p&#10;2rq+r2YfZYheKES63V+MfFvwh0GJ9GkYUCVmek7cUlljWQ95rbYb6MYIYdLiSgP+gYUF7SjpC9Qe&#10;ErBvUf8BZbWIHv2QFsLbyg+DFqpoIDVN/ZuazxMEVbRQcTC8lAn/H6z4eNy550hlmAN2GJ5jVnEa&#10;os1/4sdOPW/vmnZZU/nOPV+u1jV9l8KpU2KCHN6u71d32UGQR7FVN5AQMb1X3rK86TmmCHqc0s47&#10;R+3xsSmFg+MHTESDAn8EZAbOP2ljSpeMYzONWLsqiYCGZTCQKKcNkmDdWHDQGy1zTI7GOB52JrIj&#10;UPvfrZvHZZuJU45f3HLCPeB08Sumiz6rE02n0bbnRfVV9qRAPjrJ0jnQSDsabJ6poeXMKHoGtCmM&#10;E2jzdz9iYxyRujUg7w5enktfyj11v9C+Tmoer5/PJfr2nrbfAQAA//8DAFBLAwQUAAYACAAAACEA&#10;YqgIDdcAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP20rDQBB9F/yHZQTf7KZRS43ZlNLiBzSK&#10;z9PsmCzNzobstkn/3hEEfRrOhTPnlJvZ9+pCY3SBDSwXGSjiJljHrYGP97eHNaiYkC32gcnAlSJs&#10;qtubEgsbJj7QpU6tkhCOBRroUhoKrWPTkce4CAOxaF9h9JgEjq22I04S7nudZ9lKe3QsHzocaNdR&#10;c6rP3oCrD8u1e+a907v9fOXPbcpPkzH3d/P2FVSiOf2Z4ae+VIdKOh3DmW1UveBcpqTfK/rL40qI&#10;oxBPGeiq1P8HVN8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnXNwmdMBAACXAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYqgIDdcAAAAIAQAA&#10;DwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#981e32" strokeweight="1pt">
+            <v:shape id="Straight Arrow Connector 1" o:spid="_x0000_s1026" type="#_x0000_t32" alt="Border" style="position:absolute;margin-left:6pt;margin-top:6pt;width:462pt;height:1pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCdc3CZ0wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K807l02ZZRp/vQ7vKC&#10;YCXgA9wkMxMpN8Wh0/49Tlq2XB6QEPOQSWL7+Bzb2TycrGFHFVF71/NmUXOmnPBSu7HnX788vVlz&#10;hgmcBOOd6vlZIX/Yvn61mUOnWj95I1VkBOKwm0PPp5RCV1UoJmUBFz4oR8bBRwuJjnGsZISZ0K2p&#10;2rq+r2YfZYheKES63V+MfFvwh0GJ9GkYUCVmek7cUlljWQ95rbYb6MYIYdLiSgP+gYUF7SjpC9Qe&#10;ErBvUf8BZbWIHv2QFsLbyg+DFqpoIDVN/ZuazxMEVbRQcTC8lAn/H6z4eNy550hlmAN2GJ5jVnEa&#10;os1/4sdOPW/vmnZZU/nOPV+u1jV9l8KpU2KCHN6u71d32UGQR7FVN5AQMb1X3rK86TmmCHqc0s47&#10;R+3xsSmFg+MHTESDAn8EZAbOP2ljSpeMYzONWLsqiYCGZTCQKKcNkmDdWHDQGy1zTI7GOB52JrIj&#10;UPvfrZvHZZuJU45f3HLCPeB08Sumiz6rE02n0bbnRfVV9qRAPjrJ0jnQSDsabJ6poeXMKHoGtCmM&#10;E2jzdz9iYxyRujUg7w5enktfyj11v9C+Tmoer5/PJfr2nrbfAQAA//8DAFBLAwQUAAYACAAAACEA&#10;YqgIDdcAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbExP20rDQBB9F/yHZQTf7KZRS43ZlNLiBzSK&#10;z9PsmCzNzobstkn/3hEEfRrOhTPnlJvZ9+pCY3SBDSwXGSjiJljHrYGP97eHNaiYkC32gcnAlSJs&#10;qtubEgsbJj7QpU6tkhCOBRroUhoKrWPTkce4CAOxaF9h9JgEjq22I04S7nudZ9lKe3QsHzocaNdR&#10;c6rP3oCrD8u1e+a907v9fOXPbcpPkzH3d/P2FVSiOf2Z4ae+VIdKOh3DmW1UveBcpqTfK/rL40qI&#10;oxBPGeiq1P8HVN8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnXNwmdMBAACXAwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYqgIDdcAAAAIAQAA&#10;DwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADEFAAAAAA==&#10;" strokecolor="#981e32" strokeweight="1pt">
               <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="7C36B040" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00CA2879"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4222910F" w14:textId="77777777" w:rsidR="00E37062" w:rsidRDefault="00E37062">
+    <w:p w14:paraId="6A8C3761" w14:textId="77777777" w:rsidR="00882DEC" w:rsidRDefault="00882DEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E63D797" w14:textId="77777777" w:rsidR="00E37062" w:rsidRDefault="00E37062">
+    <w:p w14:paraId="3BD9C641" w14:textId="77777777" w:rsidR="00882DEC" w:rsidRDefault="00882DEC">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65E0DFCB" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00CA2879">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="70B80613" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00BB6BBF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:smallCaps/>
       </w:rPr>
       <w:t>OCCUPATIONAL &amp; PROFESSIONAL LICENSING</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       </w:rPr>
       <w:br/>
     </w:r>
     <w:r w:rsidR="00502E9F">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5235FFC3" wp14:editId="7CA1B06E">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="5235FFC3" wp14:editId="5A114269">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>9525</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2156185" cy="646856"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="3" name="image3.png"/>
+          <wp:docPr id="3" name="image3.png" descr="Logo"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="3" name="image3.png" descr="Logo"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2156185" cy="646856"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       </w:rPr>
       <w:t xml:space="preserve">BOARD OF </w:t>
     </w:r>
     <w:r w:rsidR="005C4696">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       </w:rPr>
       <w:t>CERTIFIED PUBLIC ACCOUNTANTS</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5ECDF306" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00BB6BBF">
+  <w:p w14:paraId="5ECDF306" w14:textId="6E616AEA" w:rsidR="00CA2879" w:rsidRDefault="00BB6BBF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>110</w:t>
+      <w:t>10</w:t>
     </w:r>
     <w:r w:rsidR="000E356A">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> N. Eutaw Street, Room 511</w:t>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="00844236">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>S</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r w:rsidR="00844236">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Charles</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Street, </w:t>
+    </w:r>
+    <w:r w:rsidR="00844236">
+      <w:rPr>
+        <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Tower 1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1DF10B38" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00BB6BBF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="EB Garamond" w:eastAsia="EB Garamond" w:hAnsi="EB Garamond" w:cs="EB Garamond"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:eastAsia="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Baltimore, MD  21201</w:t>
     </w:r>
   </w:p>
@@ -5574,100 +6411,100 @@
       <w:spacing w:after="0"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="61FA6EEF" wp14:editId="5F7EB425">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="61FA6EEF" wp14:editId="389D813B">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>241300</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5943600" cy="18989"/>
-              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:effectExtent l="0" t="0" r="19050" b="19685"/>
               <wp:wrapNone/>
-              <wp:docPr id="2" name="Straight Arrow Connector 2"/>
+              <wp:docPr id="2" name="Straight Arrow Connector 2" descr="Border"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="2374200" y="3780000"/>
                         <a:ext cx="5943600" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="straightConnector1">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="12700" cap="flat" cmpd="sng">
                         <a:solidFill>
                           <a:srgbClr val="981E32"/>
                         </a:solidFill>
                         <a:prstDash val="solid"/>
                         <a:miter lim="800000"/>
                         <a:headEnd type="none" w="sm" len="sm"/>
                         <a:tailEnd type="none" w="sm" len="sm"/>
                       </a:ln>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="39108FED" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="62231CD5" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
-            <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:0;margin-top:19pt;width:468pt;height:1.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHlu+V0wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+w4XZMacXpI2l2G&#10;rUC3H8BIsi1AXxC1OPn3o5Ss2cdhQFEfZEkkH98jqfX90Rp2UBG1dx2fz2rOlBNeajd0/Pu3xw8r&#10;zjCBk2C8Ux0/KeT3m/fv1lNoVeNHb6SKjEActlPo+JhSaKsKxags4MwH5cjY+2gh0TEOlYwwEbo1&#10;VVPXt9XkowzRC4VIt7uzkW8Kft8rkb72ParETMeJWyprLOs+r9VmDe0QIYxaXGjAK1hY0I6SvkDt&#10;IAH7EfU/UFaL6NH3aSa8rXzfa6GKBlIzr/9S8zxCUEULFQfDS5nw7WDFl8PWPUUqwxSwxfAUs4pj&#10;H23+Ez927HizWN5QsTk7dXyxXNX0nQunjokJcvh4d7O4zQ6CPIqtuoKEiOmT8pblTccxRdDDmLbe&#10;OWqPj/NSODh8xkQ0KPBXQGbg/KM2pnTJODbRiDXLkghoWHoDiXLaIAnWDQUHvdEyx+RojMN+ayI7&#10;ALX/bjV/WDSZOOX4wy0n3AGOZ79iOuuzOtF0Gm07XlRfZI8K5IOTLJ0CjbSjweaZGlrOjKJnQJvC&#10;OIE2//cjNsYRqWsD8m7v5an0pdxT9wvty6Tm8fr9XKKv72nzEwAA//8DAFBLAwQUAAYACAAAACEA&#10;l43mitkAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CQAxE75X6DytX6q1sAi0KaRyEQP0A&#10;0qrnJTHJiqw3yi4k/H3dU3vyWGPNPBfb2fXqRmOwnhHSRQKKuPaN5Rbh6/PjJQMVouHG9J4J4U4B&#10;tuXjQ2Hyxk98pFsVWyUhHHKD0MU45FqHuiNnwsIPxOKd/ehMlHVsdTOaScJdr5dJstbOWJaGzgy0&#10;76i+VFeHYKtjmtk3Pli9P8x3/t7F5WVCfH6ad++gIs3x7xh+8QUdSmE6+Ss3QfUI8khEWGUyxd2s&#10;1iJOCK9pAros9H/88gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDHlu+V0wEAAJcDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXjeaK2QAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="#981e32" strokeweight="1pt">
+            <v:shape id="Straight Arrow Connector 2" o:spid="_x0000_s1026" type="#_x0000_t32" alt="Border" style="position:absolute;margin-left:0;margin-top:19pt;width:468pt;height:1.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHlu+V0wEAAJcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+w4XZMacXpI2l2G&#10;rUC3H8BIsi1AXxC1OPn3o5Ss2cdhQFEfZEkkH98jqfX90Rp2UBG1dx2fz2rOlBNeajd0/Pu3xw8r&#10;zjCBk2C8Ux0/KeT3m/fv1lNoVeNHb6SKjEActlPo+JhSaKsKxags4MwH5cjY+2gh0TEOlYwwEbo1&#10;VVPXt9XkowzRC4VIt7uzkW8Kft8rkb72ParETMeJWyprLOs+r9VmDe0QIYxaXGjAK1hY0I6SvkDt&#10;IAH7EfU/UFaL6NH3aSa8rXzfa6GKBlIzr/9S8zxCUEULFQfDS5nw7WDFl8PWPUUqwxSwxfAUs4pj&#10;H23+Ez927HizWN5QsTk7dXyxXNX0nQunjokJcvh4d7O4zQ6CPIqtuoKEiOmT8pblTccxRdDDmLbe&#10;OWqPj/NSODh8xkQ0KPBXQGbg/KM2pnTJODbRiDXLkghoWHoDiXLaIAnWDQUHvdEyx+RojMN+ayI7&#10;ALX/bjV/WDSZOOX4wy0n3AGOZ79iOuuzOtF0Gm07XlRfZI8K5IOTLJ0CjbSjweaZGlrOjKJnQJvC&#10;OIE2//cjNsYRqWsD8m7v5an0pdxT9wvty6Tm8fr9XKKv72nzEwAA//8DAFBLAwQUAAYACAAAACEA&#10;l43mitkAAAAGAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwW7CQAxE75X6DytX6q1sAi0KaRyEQP0A&#10;0qrnJTHJiqw3yi4k/H3dU3vyWGPNPBfb2fXqRmOwnhHSRQKKuPaN5Rbh6/PjJQMVouHG9J4J4U4B&#10;tuXjQ2Hyxk98pFsVWyUhHHKD0MU45FqHuiNnwsIPxOKd/ehMlHVsdTOaScJdr5dJstbOWJaGzgy0&#10;76i+VFeHYKtjmtk3Pli9P8x3/t7F5WVCfH6ad++gIs3x7xh+8QUdSmE6+Ss3QfUI8khEWGUyxd2s&#10;1iJOCK9pAros9H/88gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDHlu+V0wEAAJcDAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCXjeaK2QAAAAYB&#10;AAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAMwUAAAAA&#10;" strokecolor="#981e32" strokeweight="1pt">
               <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="miter"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w14:paraId="3F63EAAD" w14:textId="77777777" w:rsidR="00CA2879" w:rsidRDefault="00CA2879"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="024A6D8D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0E7AD200"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
@@ -8965,50 +9802,51 @@
   </w:num>
   <w:num w:numId="23" w16cid:durableId="485322791">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1780103646">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1729644848">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1016078370">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1941182848">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="1828473412">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CA2879"/>
     <w:rsid w:val="000011FF"/>
     <w:rsid w:val="00012E39"/>
     <w:rsid w:val="00021D96"/>
     <w:rsid w:val="00024AFC"/>
     <w:rsid w:val="00025764"/>
@@ -9016,106 +9854,109 @@
     <w:rsid w:val="00027DE6"/>
     <w:rsid w:val="00030B4F"/>
     <w:rsid w:val="00033071"/>
     <w:rsid w:val="0003319B"/>
     <w:rsid w:val="000415D3"/>
     <w:rsid w:val="00043025"/>
     <w:rsid w:val="00043FFB"/>
     <w:rsid w:val="0004535C"/>
     <w:rsid w:val="00050C22"/>
     <w:rsid w:val="00052FB1"/>
     <w:rsid w:val="00053430"/>
     <w:rsid w:val="0005372D"/>
     <w:rsid w:val="00060F01"/>
     <w:rsid w:val="00061733"/>
     <w:rsid w:val="00061C70"/>
     <w:rsid w:val="00063799"/>
     <w:rsid w:val="000660E0"/>
     <w:rsid w:val="00071779"/>
     <w:rsid w:val="00081107"/>
     <w:rsid w:val="000847B9"/>
     <w:rsid w:val="00090B4F"/>
     <w:rsid w:val="00092A61"/>
     <w:rsid w:val="00094C03"/>
     <w:rsid w:val="00097BB6"/>
     <w:rsid w:val="000A1249"/>
+    <w:rsid w:val="000A423C"/>
     <w:rsid w:val="000A4E02"/>
     <w:rsid w:val="000A5372"/>
     <w:rsid w:val="000A5373"/>
     <w:rsid w:val="000B4411"/>
     <w:rsid w:val="000C1CC8"/>
     <w:rsid w:val="000D0B7C"/>
     <w:rsid w:val="000D3D01"/>
     <w:rsid w:val="000D5B18"/>
     <w:rsid w:val="000E3394"/>
     <w:rsid w:val="000E356A"/>
     <w:rsid w:val="000E4415"/>
     <w:rsid w:val="000E7CDB"/>
     <w:rsid w:val="000F4BC4"/>
     <w:rsid w:val="000F51BB"/>
     <w:rsid w:val="00103717"/>
     <w:rsid w:val="00113074"/>
     <w:rsid w:val="001203C8"/>
     <w:rsid w:val="00121C6C"/>
     <w:rsid w:val="00124C47"/>
     <w:rsid w:val="00131952"/>
     <w:rsid w:val="00131983"/>
     <w:rsid w:val="00135B79"/>
     <w:rsid w:val="00142F78"/>
+    <w:rsid w:val="0014416A"/>
     <w:rsid w:val="0014675E"/>
     <w:rsid w:val="00152A57"/>
     <w:rsid w:val="00153A0F"/>
     <w:rsid w:val="00157CAD"/>
     <w:rsid w:val="00172700"/>
     <w:rsid w:val="001825D6"/>
     <w:rsid w:val="00185565"/>
     <w:rsid w:val="00187970"/>
     <w:rsid w:val="00191446"/>
     <w:rsid w:val="00193038"/>
     <w:rsid w:val="00194522"/>
     <w:rsid w:val="001A0F01"/>
     <w:rsid w:val="001A1571"/>
     <w:rsid w:val="001B48AB"/>
     <w:rsid w:val="001C0A3C"/>
     <w:rsid w:val="001C63A8"/>
     <w:rsid w:val="001C6F05"/>
     <w:rsid w:val="001C7B46"/>
     <w:rsid w:val="001D3E09"/>
     <w:rsid w:val="001E1BFB"/>
     <w:rsid w:val="001E4243"/>
     <w:rsid w:val="001E53DF"/>
     <w:rsid w:val="001E69F0"/>
     <w:rsid w:val="001E752F"/>
     <w:rsid w:val="001E7547"/>
     <w:rsid w:val="001F1ECA"/>
     <w:rsid w:val="001F368A"/>
     <w:rsid w:val="001F36B4"/>
     <w:rsid w:val="001F452F"/>
     <w:rsid w:val="001F6020"/>
     <w:rsid w:val="00200C3D"/>
     <w:rsid w:val="00205E1E"/>
     <w:rsid w:val="00206450"/>
+    <w:rsid w:val="00211D3A"/>
     <w:rsid w:val="00212397"/>
     <w:rsid w:val="002139A4"/>
     <w:rsid w:val="002338D1"/>
     <w:rsid w:val="00234735"/>
     <w:rsid w:val="00240068"/>
     <w:rsid w:val="0024252C"/>
     <w:rsid w:val="00242C06"/>
     <w:rsid w:val="0025444C"/>
     <w:rsid w:val="00270867"/>
     <w:rsid w:val="00277411"/>
     <w:rsid w:val="0027767F"/>
     <w:rsid w:val="00285567"/>
     <w:rsid w:val="002864E4"/>
     <w:rsid w:val="00287904"/>
     <w:rsid w:val="0028794B"/>
     <w:rsid w:val="002948B8"/>
     <w:rsid w:val="002A5500"/>
     <w:rsid w:val="002A575F"/>
     <w:rsid w:val="002A75DB"/>
     <w:rsid w:val="002B0C6A"/>
     <w:rsid w:val="002B445E"/>
     <w:rsid w:val="002B490F"/>
     <w:rsid w:val="002B5A22"/>
     <w:rsid w:val="002C0450"/>
     <w:rsid w:val="002C07E6"/>
@@ -9176,50 +10017,51 @@
     <w:rsid w:val="003E2F0C"/>
     <w:rsid w:val="003F1B6F"/>
     <w:rsid w:val="003F6FCB"/>
     <w:rsid w:val="00401833"/>
     <w:rsid w:val="00402C37"/>
     <w:rsid w:val="004063CF"/>
     <w:rsid w:val="00412BC8"/>
     <w:rsid w:val="00422904"/>
     <w:rsid w:val="00423825"/>
     <w:rsid w:val="00426493"/>
     <w:rsid w:val="0042718B"/>
     <w:rsid w:val="00427260"/>
     <w:rsid w:val="004345A0"/>
     <w:rsid w:val="00442F9A"/>
     <w:rsid w:val="00451861"/>
     <w:rsid w:val="00451A65"/>
     <w:rsid w:val="004533AA"/>
     <w:rsid w:val="004561EB"/>
     <w:rsid w:val="004828EE"/>
     <w:rsid w:val="00484B8F"/>
     <w:rsid w:val="0049024E"/>
     <w:rsid w:val="00492E43"/>
     <w:rsid w:val="00493194"/>
     <w:rsid w:val="004943C8"/>
     <w:rsid w:val="00496845"/>
+    <w:rsid w:val="004A5DB9"/>
     <w:rsid w:val="004A6B83"/>
     <w:rsid w:val="004A78D0"/>
     <w:rsid w:val="004B6819"/>
     <w:rsid w:val="004C4525"/>
     <w:rsid w:val="004D0191"/>
     <w:rsid w:val="004D5E93"/>
     <w:rsid w:val="004D6063"/>
     <w:rsid w:val="004D6A40"/>
     <w:rsid w:val="004E0B35"/>
     <w:rsid w:val="004E3655"/>
     <w:rsid w:val="004E41E6"/>
     <w:rsid w:val="004E5F5A"/>
     <w:rsid w:val="004E7555"/>
     <w:rsid w:val="004F5E26"/>
     <w:rsid w:val="004F77C0"/>
     <w:rsid w:val="0050222E"/>
     <w:rsid w:val="00502E9F"/>
     <w:rsid w:val="00504394"/>
     <w:rsid w:val="0050793F"/>
     <w:rsid w:val="00512389"/>
     <w:rsid w:val="0051383B"/>
     <w:rsid w:val="005150DB"/>
     <w:rsid w:val="005168CA"/>
     <w:rsid w:val="0052150B"/>
     <w:rsid w:val="005236D1"/>
@@ -9326,153 +10168,158 @@
     <w:rsid w:val="00774F47"/>
     <w:rsid w:val="007822F2"/>
     <w:rsid w:val="00783E06"/>
     <w:rsid w:val="00784162"/>
     <w:rsid w:val="00792FD7"/>
     <w:rsid w:val="007933CD"/>
     <w:rsid w:val="00793C10"/>
     <w:rsid w:val="00793FD1"/>
     <w:rsid w:val="007956D0"/>
     <w:rsid w:val="00797679"/>
     <w:rsid w:val="007A1248"/>
     <w:rsid w:val="007A639F"/>
     <w:rsid w:val="007A7598"/>
     <w:rsid w:val="007B2EAD"/>
     <w:rsid w:val="007B450D"/>
     <w:rsid w:val="007B6C56"/>
     <w:rsid w:val="007C2D4A"/>
     <w:rsid w:val="007C3A85"/>
     <w:rsid w:val="007C3C6C"/>
     <w:rsid w:val="007D3031"/>
     <w:rsid w:val="007D4413"/>
     <w:rsid w:val="007E21CA"/>
     <w:rsid w:val="007E2807"/>
     <w:rsid w:val="007E5B9A"/>
     <w:rsid w:val="007F2C89"/>
+    <w:rsid w:val="007F3840"/>
     <w:rsid w:val="00800D50"/>
     <w:rsid w:val="00807639"/>
     <w:rsid w:val="0081011A"/>
     <w:rsid w:val="00810D64"/>
     <w:rsid w:val="00816016"/>
     <w:rsid w:val="00816584"/>
     <w:rsid w:val="00820024"/>
     <w:rsid w:val="0082618C"/>
     <w:rsid w:val="0083133D"/>
     <w:rsid w:val="00832F5B"/>
     <w:rsid w:val="0083583C"/>
     <w:rsid w:val="00836308"/>
     <w:rsid w:val="00840A8D"/>
+    <w:rsid w:val="00844236"/>
     <w:rsid w:val="00852A30"/>
     <w:rsid w:val="0086245F"/>
     <w:rsid w:val="00870309"/>
     <w:rsid w:val="00871227"/>
     <w:rsid w:val="008726C2"/>
     <w:rsid w:val="008730A1"/>
     <w:rsid w:val="00873E88"/>
     <w:rsid w:val="00875012"/>
     <w:rsid w:val="00880519"/>
     <w:rsid w:val="0088064D"/>
+    <w:rsid w:val="00882DEC"/>
     <w:rsid w:val="00883EFA"/>
     <w:rsid w:val="00890353"/>
     <w:rsid w:val="008A224B"/>
     <w:rsid w:val="008B258B"/>
     <w:rsid w:val="008B267D"/>
     <w:rsid w:val="008B3036"/>
     <w:rsid w:val="008B45EE"/>
     <w:rsid w:val="008B5521"/>
     <w:rsid w:val="008B77C0"/>
     <w:rsid w:val="008C1C12"/>
     <w:rsid w:val="008C4DA0"/>
     <w:rsid w:val="008C5BC0"/>
     <w:rsid w:val="008D0355"/>
     <w:rsid w:val="008D4C3E"/>
     <w:rsid w:val="008E17A6"/>
     <w:rsid w:val="008E28F9"/>
     <w:rsid w:val="008E380A"/>
     <w:rsid w:val="008E6713"/>
     <w:rsid w:val="008E6C24"/>
     <w:rsid w:val="008F00D5"/>
     <w:rsid w:val="008F388B"/>
     <w:rsid w:val="008F47D6"/>
     <w:rsid w:val="008F53AD"/>
     <w:rsid w:val="008F55C0"/>
     <w:rsid w:val="008F5E7B"/>
     <w:rsid w:val="009017B5"/>
     <w:rsid w:val="00904A8D"/>
     <w:rsid w:val="00905930"/>
     <w:rsid w:val="00907D1B"/>
     <w:rsid w:val="00912376"/>
     <w:rsid w:val="00921734"/>
     <w:rsid w:val="00921E94"/>
     <w:rsid w:val="0092599C"/>
     <w:rsid w:val="0092796B"/>
     <w:rsid w:val="009332CF"/>
     <w:rsid w:val="009333AE"/>
+    <w:rsid w:val="0093664D"/>
     <w:rsid w:val="00940DB4"/>
     <w:rsid w:val="00942F5A"/>
     <w:rsid w:val="00943783"/>
     <w:rsid w:val="0094568F"/>
     <w:rsid w:val="00953C56"/>
     <w:rsid w:val="00966700"/>
     <w:rsid w:val="009668B7"/>
     <w:rsid w:val="009719E6"/>
     <w:rsid w:val="00972E47"/>
     <w:rsid w:val="0097657C"/>
     <w:rsid w:val="00977822"/>
     <w:rsid w:val="00977D5D"/>
     <w:rsid w:val="009806AC"/>
     <w:rsid w:val="009826C6"/>
     <w:rsid w:val="009860A9"/>
     <w:rsid w:val="00994E3F"/>
     <w:rsid w:val="009A15D3"/>
     <w:rsid w:val="009A22E2"/>
     <w:rsid w:val="009A6DD8"/>
     <w:rsid w:val="009B1D78"/>
     <w:rsid w:val="009B2375"/>
     <w:rsid w:val="009B6F91"/>
     <w:rsid w:val="009C1D30"/>
     <w:rsid w:val="009C22AB"/>
     <w:rsid w:val="009C4878"/>
     <w:rsid w:val="009C4BE5"/>
     <w:rsid w:val="009D11A2"/>
     <w:rsid w:val="009D1278"/>
     <w:rsid w:val="009D1AF6"/>
     <w:rsid w:val="009D51BD"/>
     <w:rsid w:val="009E0C2D"/>
     <w:rsid w:val="009E402F"/>
     <w:rsid w:val="009F7943"/>
     <w:rsid w:val="00A00C75"/>
     <w:rsid w:val="00A12111"/>
     <w:rsid w:val="00A1216B"/>
     <w:rsid w:val="00A26CA2"/>
     <w:rsid w:val="00A31DDF"/>
     <w:rsid w:val="00A35298"/>
     <w:rsid w:val="00A355BF"/>
     <w:rsid w:val="00A51850"/>
     <w:rsid w:val="00A5188D"/>
     <w:rsid w:val="00A53E20"/>
     <w:rsid w:val="00A54F54"/>
+    <w:rsid w:val="00A61B76"/>
     <w:rsid w:val="00A72CE0"/>
     <w:rsid w:val="00A73FC7"/>
     <w:rsid w:val="00A753F0"/>
     <w:rsid w:val="00A8212F"/>
     <w:rsid w:val="00A856CD"/>
     <w:rsid w:val="00A95033"/>
     <w:rsid w:val="00A962B7"/>
     <w:rsid w:val="00AA08E7"/>
     <w:rsid w:val="00AA673F"/>
     <w:rsid w:val="00AB111C"/>
     <w:rsid w:val="00AB2DEE"/>
     <w:rsid w:val="00AB7C6E"/>
     <w:rsid w:val="00AD5F3D"/>
     <w:rsid w:val="00AD71EC"/>
     <w:rsid w:val="00AE1249"/>
     <w:rsid w:val="00AE2071"/>
     <w:rsid w:val="00AE6F5F"/>
     <w:rsid w:val="00AE7443"/>
     <w:rsid w:val="00AF0C21"/>
     <w:rsid w:val="00AF52BD"/>
     <w:rsid w:val="00AF640C"/>
     <w:rsid w:val="00AF6F6B"/>
     <w:rsid w:val="00B01355"/>
     <w:rsid w:val="00B05344"/>
     <w:rsid w:val="00B0698D"/>
@@ -9536,50 +10383,51 @@
     <w:rsid w:val="00C96DB1"/>
     <w:rsid w:val="00CA0134"/>
     <w:rsid w:val="00CA1C3A"/>
     <w:rsid w:val="00CA2879"/>
     <w:rsid w:val="00CB1EB9"/>
     <w:rsid w:val="00CB28D0"/>
     <w:rsid w:val="00CB2C84"/>
     <w:rsid w:val="00CB2E34"/>
     <w:rsid w:val="00CB41DD"/>
     <w:rsid w:val="00CB6891"/>
     <w:rsid w:val="00CC0D71"/>
     <w:rsid w:val="00CC169D"/>
     <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CC34FF"/>
     <w:rsid w:val="00CC668B"/>
     <w:rsid w:val="00CC7502"/>
     <w:rsid w:val="00CC7BAE"/>
     <w:rsid w:val="00CD0003"/>
     <w:rsid w:val="00CD01A0"/>
     <w:rsid w:val="00CD32CF"/>
     <w:rsid w:val="00CD50F5"/>
     <w:rsid w:val="00CD7971"/>
     <w:rsid w:val="00CE5A63"/>
     <w:rsid w:val="00CE6B06"/>
     <w:rsid w:val="00CF2CAA"/>
+    <w:rsid w:val="00D06D4D"/>
     <w:rsid w:val="00D10144"/>
     <w:rsid w:val="00D10B25"/>
     <w:rsid w:val="00D11AD8"/>
     <w:rsid w:val="00D13B28"/>
     <w:rsid w:val="00D22242"/>
     <w:rsid w:val="00D24C5F"/>
     <w:rsid w:val="00D24F7E"/>
     <w:rsid w:val="00D2578D"/>
     <w:rsid w:val="00D27115"/>
     <w:rsid w:val="00D318E9"/>
     <w:rsid w:val="00D347D1"/>
     <w:rsid w:val="00D35138"/>
     <w:rsid w:val="00D353D0"/>
     <w:rsid w:val="00D56FDB"/>
     <w:rsid w:val="00D6473B"/>
     <w:rsid w:val="00D65170"/>
     <w:rsid w:val="00D66F6C"/>
     <w:rsid w:val="00D7352C"/>
     <w:rsid w:val="00D73F23"/>
     <w:rsid w:val="00D76466"/>
     <w:rsid w:val="00D77EDC"/>
     <w:rsid w:val="00D83A45"/>
     <w:rsid w:val="00D845D7"/>
     <w:rsid w:val="00D91C3C"/>
     <w:rsid w:val="00D96DC7"/>
@@ -10541,54 +11389,54 @@
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004E5F5A"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -10889,59 +11737,50 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="577be347-478f-4335-b979-8f08cf50b946" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101006A97EE5BC5AB894AAE69949142BEEC0C" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="307f39c8a6b8a240cd4fa0de28c17049">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="577be347-478f-4335-b979-8f08cf50b946" xmlns:ns4="e7100915-c282-4262-b37a-a3be241421fd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="484594ea671bd517ce1a6e10a21f1c11" ns3:_="" ns4:_="">
     <xsd:import namespace="577be347-478f-4335-b979-8f08cf50b946"/>
     <xsd:import namespace="e7100915-c282-4262-b37a-a3be241421fd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -11092,117 +11931,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30EF3A19-9AA0-4D59-9402-B59673301AB1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="577be347-478f-4335-b979-8f08cf50b946"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A20E8B7E-2A10-4E73-AAC0-DCD311B3ED9A}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8394B3B-16DA-4E04-B6BC-FF91FF3ACE40}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="577be347-478f-4335-b979-8f08cf50b946"/>
     <ds:schemaRef ds:uri="e7100915-c282-4262-b37a-a3be241421fd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A20E8B7E-2A10-4E73-AAC0-DCD311B3ED9A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1998</Words>
-  <Characters>11486</Characters>
+  <Words>2011</Words>
+  <Characters>11464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>95</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Maryland State Department of Information Technology</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13458</CharactersWithSpaces>
+  <CharactersWithSpaces>13449</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Michelle R. Martin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>2e7ee61f4f600eec63f02b685bd0a72aede638b53d8e3d1d5e4eb94866ef993e</vt:lpwstr>