--- v0 (2026-01-29)
+++ v1 (2026-03-12)
@@ -1,88 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata" ContentType="application/binary"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\TQazi\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{33D072DE-9F62-479F-9A47-9C6451B7C359}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D4F89697-1F5F-4D6C-8BAC-B2192C571B2F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-60" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-57720" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Application" sheetId="1" r:id="rId1"/>
     <sheet name="Additional Participants" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext uri="GoogleSheetsCustomDataVersion2">
-      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="QSO8mwDzwPsBP4O2AF2GZe6eowtns2g3XsSCzrOy8vM="/>
+      <go:sheetsCustomData xmlns:go="http://customooxmlschemas.google.com/" r:id="rId6" roundtripDataChecksum="t+B18ADCRDVtqV69oI7ylKZMo376U6qlb+V2mBFTkn0="/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W67" i="2" l="1"/>
+  <c r="W44" i="1" l="1"/>
+  <c r="AA42" i="1"/>
+  <c r="Z67" i="2"/>
+  <c r="W67" i="2"/>
   <c r="U67" i="2"/>
   <c r="Q67" i="2"/>
   <c r="AA66" i="2"/>
   <c r="AA65" i="2"/>
   <c r="AA64" i="2"/>
   <c r="AA63" i="2"/>
   <c r="AA62" i="2"/>
   <c r="AA61" i="2"/>
   <c r="AA60" i="2"/>
   <c r="AA59" i="2"/>
   <c r="AA58" i="2"/>
   <c r="AA57" i="2"/>
   <c r="AA56" i="2"/>
   <c r="AA55" i="2"/>
   <c r="AA54" i="2"/>
   <c r="AA53" i="2"/>
   <c r="AA52" i="2"/>
   <c r="AA51" i="2"/>
   <c r="AA50" i="2"/>
   <c r="AA49" i="2"/>
   <c r="AA48" i="2"/>
   <c r="AA47" i="2"/>
   <c r="AA46" i="2"/>
   <c r="AA45" i="2"/>
   <c r="AA44" i="2"/>
@@ -98,155 +100,147 @@
   <c r="AA34" i="2"/>
   <c r="AA33" i="2"/>
   <c r="AA32" i="2"/>
   <c r="AA31" i="2"/>
   <c r="AA30" i="2"/>
   <c r="AA29" i="2"/>
   <c r="AA28" i="2"/>
   <c r="AA27" i="2"/>
   <c r="AA26" i="2"/>
   <c r="AA25" i="2"/>
   <c r="AA24" i="2"/>
   <c r="AA23" i="2"/>
   <c r="AA22" i="2"/>
   <c r="AA21" i="2"/>
   <c r="AA20" i="2"/>
   <c r="AA19" i="2"/>
   <c r="AA18" i="2"/>
   <c r="AA17" i="2"/>
   <c r="AA16" i="2"/>
   <c r="AA15" i="2"/>
   <c r="AA14" i="2"/>
   <c r="AA13" i="2"/>
   <c r="AA12" i="2"/>
   <c r="AA11" i="2"/>
   <c r="AA10" i="2"/>
+  <c r="Y67" i="2" s="1"/>
   <c r="AA9" i="2"/>
   <c r="AA8" i="2"/>
   <c r="AA7" i="2"/>
   <c r="AA67" i="2" s="1"/>
+  <c r="Z44" i="1"/>
   <c r="Y44" i="1"/>
-  <c r="W44" i="1"/>
   <c r="U44" i="1"/>
   <c r="Q44" i="1"/>
   <c r="AA43" i="1"/>
-  <c r="AA42" i="1"/>
   <c r="AA41" i="1"/>
   <c r="AA40" i="1"/>
   <c r="AA39" i="1"/>
   <c r="AA38" i="1"/>
   <c r="AA37" i="1"/>
   <c r="AA36" i="1"/>
   <c r="AA35" i="1"/>
   <c r="AA34" i="1"/>
   <c r="AA33" i="1"/>
   <c r="AA32" i="1"/>
   <c r="AA31" i="1"/>
   <c r="AA30" i="1"/>
   <c r="AA29" i="1"/>
   <c r="AA28" i="1"/>
   <c r="AA27" i="1"/>
   <c r="AA26" i="1"/>
   <c r="AA25" i="1"/>
   <c r="AA24" i="1"/>
   <c r="AA23" i="1"/>
-  <c r="Z44" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="Z67" i="2"/>
+  <c r="AA44" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="50" uniqueCount="35">
   <si>
     <t>Maryland Apprenticeship Incentive Program</t>
   </si>
   <si>
     <t>Application for Funding</t>
   </si>
   <si>
     <t>Maryland Department of Labor</t>
   </si>
   <si>
     <t>This application is for reimbursement under the Maryland Apprenticeship Incentive Program. Funds may be sought to reimburse sponsors or employers for costs as outlined in the Maryland Apprenticeship Incentive Program policy (found on MD Labor's website: https://labor.maryland.gov/employment/mpi/). To be eligible for reimbursement, an Apprenticeship Sponsor or employer must complete this application and provide the name of the apprentice, their program information, and the total cost of activities. Any approval is contingent on the Apprentice completing at least seven months of employment.  If approved, Sponsors or employers are required to submit any receipts for costs noted below when invoicing for reimbursement.  Invoice requests must be submitted to MD Labor in a timely manner following the Apprentice’s having completed seven months of employment. 
 Applicants seeking reimbursement for a Registered Apprentice cannot request more than $3,000 per calendar year. Applicants seeking reimbursement for a High School Level Registered Apprentice cannot request more than $7,500 per calendar year.</t>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Prior to signing below, review all sections of this application for completion and accuracy. Review the </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t>Maryland Apprenticeship Incentive Program</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Policy for any additional requirements associated with this program. Ensure that all required information is accurate before final submission.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
       <t xml:space="preserve">Completed applications should be submitted via email to: </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Arial"/>
-        <family val="2"/>
       </rPr>
-      <t>DLWDALMAIP_LABOR@maryland.gov.</t>
+      <t>MarylandApprenticeship.IncentiveProgram@maryland.gov</t>
     </r>
   </si>
   <si>
     <t>Organization Legal Name</t>
   </si>
   <si>
     <t>Organization Address</t>
   </si>
   <si>
     <t>Point of Contact Title</t>
   </si>
   <si>
     <t>Point of Contact Name</t>
   </si>
   <si>
     <t>Federal Tax ID Number</t>
   </si>
   <si>
     <t>Date of Application</t>
   </si>
   <si>
     <t>Apprentice First Name</t>
   </si>
   <si>
     <t>Apprentice Last Name</t>
@@ -266,305 +260,312 @@
   <si>
     <t>Total Costs of Recruitment</t>
   </si>
   <si>
     <t>Total Costs of Accommodation Materials</t>
   </si>
   <si>
     <t>Total Costs Associated with Mentoring</t>
   </si>
   <si>
     <t>Total Costs Associated with Supportive Services</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>*Use the 2nd tab for additional partcipants</t>
   </si>
   <si>
     <t>Totals</t>
   </si>
   <si>
     <t>To be eligible to receive funding through the Maryland Apprenticeship Incentive Program, the applicant must initial below to affirm the following statements.</t>
   </si>
   <si>
+    <t>The undersigned affirms that the organization is in good standing with the Comptroller of Maryland, the State Department of Assessments and Taxation and the Maryland Department of Labor.</t>
+  </si>
+  <si>
+    <t>The undersigned affirms that the organization intends to retain the Apprentice(s) through the duration of the full Registered Apprenticeship and 
+after completion of the Registered Apprenticeship, unless the Apprentice(s) leaves on their own accord or has been dismissed for cause.</t>
+  </si>
+  <si>
     <t>The undersigned affirms that the use of Maryland Apprenticeship Incentive Program funds to cover certain costs of hiring an apprentice, while simultaneously using another funding source to cover the same costs for the same apprentice, is strictly prohibited.</t>
   </si>
   <si>
     <t xml:space="preserve">The undersigned affirms that their organization is not seeking reimbursement for Registered Apprentices working on any type of covered prevailing wage project – including Davis-Bacon, Maryland Stadium Authority, and local, among others. This clause is not applicable for applicants seeking reimbursement for High School Level of Registered Apprentices. </t>
   </si>
   <si>
     <t>The undersigned agrees to comply with the program policy.</t>
   </si>
   <si>
     <t>Applicant Representative’s Full Name</t>
   </si>
   <si>
     <t>Applicant Representative’s Title</t>
   </si>
   <si>
     <t>Applicant Representative’s Signature</t>
   </si>
   <si>
     <t>Version 01/26/2026</t>
   </si>
-  <si>
-[...5 lines deleted...]
-  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="23" x14ac:knownFonts="1">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="26"/>
       <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="Aptos Narrow"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <i/>
+      <b/>
       <sz val="11"/>
-      <color rgb="FF000000"/>
-[...1 lines deleted...]
-      <family val="2"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...11 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...11 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FF980000"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Aptos Narrow"/>
-      <family val="2"/>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
-      <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
-      <family val="2"/>
-[...7 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="10">
+  <fills count="9">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFD8D8D8"/>
+        <bgColor rgb="FFD8D8D8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE8E8E8"/>
         <bgColor rgb="FFE8E8E8"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor rgb="FFBFBFBF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCC0000"/>
         <bgColor rgb="FFCC0000"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.14999847407452621"/>
-[...10 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor rgb="FFC00000"/>
-        <bgColor indexed="64"/>
+        <bgColor rgb="FFC00000"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="24">
+  <borders count="31">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
@@ -612,400 +613,382 @@
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top/>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FF000000"/>
+      </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right/>
-      <top style="thin">
-[...2 lines deleted...]
-      <bottom/>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+      <top/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
-      <bottom/>
-[...10 lines deleted...]
-      <bottom/>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...40 lines deleted...]
-      </left>
       <right/>
       <top style="thin">
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
-[...23 lines deleted...]
-        <color indexed="64"/>
+        <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="84">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="5" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="44" fontId="8" fillId="6" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="5" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="6" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...126 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://customschemas.google.com/relationships/workbookmetadata" Target="metadata"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Sheets">
   <a:themeElements>
     <a:clrScheme name="Sheets">
@@ -1179,6612 +1162,6609 @@
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AC1014"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="86" zoomScaleNormal="86" workbookViewId="0">
-      <selection activeCell="H66" sqref="H66"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A20" workbookViewId="0">
+      <selection activeCell="W48" sqref="W48"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="3.77734375" customWidth="1"/>
-    <col min="2" max="9" width="8.6640625" customWidth="1"/>
+    <col min="2" max="9" width="8.77734375" customWidth="1"/>
     <col min="10" max="10" width="20.21875" customWidth="1"/>
-    <col min="11" max="19" width="8.6640625" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="27" max="29" width="8.6640625" customWidth="1"/>
+    <col min="11" max="19" width="8.77734375" customWidth="1"/>
+    <col min="20" max="20" width="0.21875" customWidth="1"/>
+    <col min="21" max="21" width="8.77734375" customWidth="1"/>
+    <col min="22" max="22" width="12.77734375" customWidth="1"/>
+    <col min="23" max="23" width="8.77734375" customWidth="1"/>
+    <col min="24" max="24" width="13.77734375" customWidth="1"/>
+    <col min="25" max="26" width="18.77734375" customWidth="1"/>
+    <col min="27" max="29" width="8.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="14.4" customHeight="1" x14ac:dyDescent="0.3">
-[...45 lines deleted...]
-      <c r="B3" s="3" t="s">
+    <row r="1" spans="1:29" ht="14.25" customHeight="1">
+      <c r="B1" s="67" t="s">
+        <v>0</v>
+      </c>
+      <c r="C1" s="68"/>
+      <c r="D1" s="68"/>
+      <c r="E1" s="68"/>
+      <c r="F1" s="68"/>
+      <c r="G1" s="68"/>
+      <c r="H1" s="68"/>
+      <c r="I1" s="68"/>
+      <c r="J1" s="68"/>
+      <c r="K1" s="68"/>
+      <c r="L1" s="69"/>
+    </row>
+    <row r="2" spans="1:29" ht="31.5" customHeight="1">
+      <c r="B2" s="70"/>
+      <c r="C2" s="71"/>
+      <c r="D2" s="71"/>
+      <c r="E2" s="71"/>
+      <c r="F2" s="71"/>
+      <c r="G2" s="71"/>
+      <c r="H2" s="71"/>
+      <c r="I2" s="71"/>
+      <c r="J2" s="71"/>
+      <c r="K2" s="71"/>
+      <c r="L2" s="72"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
+      <c r="S2" s="1"/>
+      <c r="T2" s="1"/>
+      <c r="U2" s="1"/>
+      <c r="V2" s="1"/>
+      <c r="W2" s="1"/>
+      <c r="X2" s="1"/>
+      <c r="Y2" s="1"/>
+      <c r="Z2" s="1"/>
+      <c r="AA2" s="1"/>
+      <c r="AB2" s="1"/>
+      <c r="AC2" s="1"/>
+    </row>
+    <row r="3" spans="1:29" ht="23.4">
+      <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="3"/>
-[...28 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="5"/>
+      <c r="L3" s="5"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
+      <c r="O3" s="1"/>
+      <c r="P3" s="1"/>
+      <c r="Q3" s="1"/>
+      <c r="R3" s="1"/>
+      <c r="S3" s="1"/>
+      <c r="T3" s="1"/>
+      <c r="U3" s="1"/>
+      <c r="V3" s="1"/>
+      <c r="W3" s="1"/>
+      <c r="X3" s="1"/>
+      <c r="Y3" s="1"/>
+      <c r="Z3" s="1"/>
+      <c r="AA3" s="1"/>
+      <c r="AB3" s="1"/>
+      <c r="AC3" s="1"/>
+    </row>
+    <row r="4" spans="1:29" ht="23.4">
+      <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="3"/>
-[...27 lines deleted...]
-    <row r="5" spans="1:29" ht="14.4" x14ac:dyDescent="0.3">
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="4"/>
+      <c r="J4" s="4"/>
+      <c r="K4" s="5"/>
+      <c r="L4" s="5"/>
+      <c r="M4" s="1"/>
+      <c r="N4" s="1"/>
+      <c r="O4" s="1"/>
+      <c r="P4" s="1"/>
+      <c r="Q4" s="1"/>
+      <c r="R4" s="1"/>
+      <c r="S4" s="1"/>
+      <c r="T4" s="1"/>
+      <c r="U4" s="1"/>
+      <c r="V4" s="1"/>
+      <c r="W4" s="1"/>
+      <c r="X4" s="1"/>
+      <c r="Y4" s="1"/>
+      <c r="Z4" s="1"/>
+      <c r="AA4" s="1"/>
+      <c r="AB4" s="1"/>
+      <c r="AC4" s="1"/>
+    </row>
+    <row r="5" spans="1:29" ht="14.4">
       <c r="H5" s="6"/>
-      <c r="I5" s="2"/>
-[...22 lines deleted...]
-      <c r="B6" s="84" t="s">
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
+      <c r="O5" s="1"/>
+      <c r="P5" s="1"/>
+      <c r="Q5" s="1"/>
+      <c r="R5" s="1"/>
+      <c r="S5" s="1"/>
+      <c r="T5" s="1"/>
+      <c r="U5" s="1"/>
+      <c r="V5" s="1"/>
+      <c r="W5" s="1"/>
+      <c r="X5" s="1"/>
+      <c r="Y5" s="1"/>
+      <c r="Z5" s="1"/>
+      <c r="AA5" s="1"/>
+      <c r="AB5" s="1"/>
+      <c r="AC5" s="1"/>
+    </row>
+    <row r="6" spans="1:29" ht="30" customHeight="1">
+      <c r="B6" s="73" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="69"/>
-[...88 lines deleted...]
-      <c r="B9" s="85" t="s">
+      <c r="C6" s="58"/>
+      <c r="D6" s="58"/>
+      <c r="E6" s="58"/>
+      <c r="F6" s="58"/>
+      <c r="G6" s="58"/>
+      <c r="H6" s="58"/>
+      <c r="I6" s="58"/>
+      <c r="J6" s="58"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1"/>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1"/>
+      <c r="U6" s="1"/>
+      <c r="V6" s="1"/>
+      <c r="W6" s="1"/>
+      <c r="X6" s="1"/>
+      <c r="Y6" s="1"/>
+      <c r="Z6" s="1"/>
+      <c r="AA6" s="1"/>
+      <c r="AB6" s="1"/>
+      <c r="AC6" s="1"/>
+    </row>
+    <row r="7" spans="1:29" ht="30" customHeight="1">
+      <c r="B7" s="58"/>
+      <c r="C7" s="58"/>
+      <c r="D7" s="58"/>
+      <c r="E7" s="58"/>
+      <c r="F7" s="58"/>
+      <c r="G7" s="58"/>
+      <c r="H7" s="58"/>
+      <c r="I7" s="58"/>
+      <c r="J7" s="58"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1"/>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1"/>
+      <c r="U7" s="1"/>
+      <c r="V7" s="1"/>
+      <c r="W7" s="1"/>
+      <c r="X7" s="1"/>
+      <c r="Y7" s="1"/>
+      <c r="Z7" s="1"/>
+      <c r="AA7" s="1"/>
+      <c r="AB7" s="1"/>
+      <c r="AC7" s="1"/>
+    </row>
+    <row r="8" spans="1:29" ht="161.25" customHeight="1">
+      <c r="B8" s="58"/>
+      <c r="C8" s="58"/>
+      <c r="D8" s="58"/>
+      <c r="E8" s="58"/>
+      <c r="F8" s="58"/>
+      <c r="G8" s="58"/>
+      <c r="H8" s="58"/>
+      <c r="I8" s="58"/>
+      <c r="J8" s="58"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
+      <c r="M8" s="1"/>
+      <c r="N8" s="1"/>
+      <c r="O8" s="1"/>
+      <c r="P8" s="1"/>
+      <c r="Q8" s="1"/>
+      <c r="R8" s="1"/>
+      <c r="S8" s="1"/>
+      <c r="T8" s="1"/>
+      <c r="U8" s="1"/>
+      <c r="V8" s="1"/>
+      <c r="W8" s="1"/>
+      <c r="X8" s="1"/>
+      <c r="Y8" s="1"/>
+      <c r="Z8" s="1"/>
+      <c r="AA8" s="1"/>
+      <c r="AB8" s="1"/>
+      <c r="AC8" s="1"/>
+    </row>
+    <row r="9" spans="1:29" ht="36.75" customHeight="1">
+      <c r="B9" s="74" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="69"/>
-[...6 lines deleted...]
-      <c r="J9" s="69"/>
+      <c r="C9" s="58"/>
+      <c r="D9" s="58"/>
+      <c r="E9" s="58"/>
+      <c r="F9" s="58"/>
+      <c r="G9" s="58"/>
+      <c r="H9" s="58"/>
+      <c r="I9" s="58"/>
+      <c r="J9" s="58"/>
       <c r="K9" s="7"/>
       <c r="L9" s="7"/>
       <c r="M9" s="7"/>
       <c r="N9" s="7"/>
       <c r="O9" s="7"/>
       <c r="P9" s="7"/>
       <c r="Q9" s="7"/>
     </row>
-    <row r="10" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="J10" s="69"/>
+    <row r="10" spans="1:29" ht="15.75" customHeight="1">
+      <c r="B10" s="58"/>
+      <c r="C10" s="58"/>
+      <c r="D10" s="58"/>
+      <c r="E10" s="58"/>
+      <c r="F10" s="58"/>
+      <c r="G10" s="58"/>
+      <c r="H10" s="58"/>
+      <c r="I10" s="58"/>
+      <c r="J10" s="58"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
       <c r="N10" s="7"/>
       <c r="O10" s="7"/>
       <c r="P10" s="7"/>
       <c r="Q10" s="7"/>
     </row>
-    <row r="11" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-    <row r="12" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:29" ht="15.75" customHeight="1">
+      <c r="B11" s="58"/>
+      <c r="C11" s="58"/>
+      <c r="D11" s="58"/>
+      <c r="E11" s="58"/>
+      <c r="F11" s="58"/>
+      <c r="G11" s="58"/>
+      <c r="H11" s="58"/>
+      <c r="I11" s="58"/>
+      <c r="J11" s="58"/>
+    </row>
+    <row r="12" spans="1:29" ht="15.75" customHeight="1">
       <c r="A12" s="8"/>
       <c r="B12" s="9"/>
     </row>
-    <row r="13" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:29" ht="15.75" customHeight="1">
       <c r="A13" s="8"/>
-      <c r="B13" s="10" t="s">
+      <c r="B13" s="75" t="s">
         <v>5</v>
       </c>
-    </row>
-    <row r="14" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C13" s="58"/>
+      <c r="D13" s="58"/>
+      <c r="E13" s="58"/>
+      <c r="F13" s="58"/>
+      <c r="G13" s="58"/>
+      <c r="H13" s="58"/>
+      <c r="I13" s="58"/>
+      <c r="J13" s="58"/>
+    </row>
+    <row r="14" spans="1:29" ht="30" customHeight="1">
       <c r="A14" s="8"/>
-      <c r="B14" s="11"/>
-[...28 lines deleted...]
-    <row r="15" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="B14" s="76"/>
+      <c r="C14" s="76"/>
+      <c r="D14" s="76"/>
+      <c r="E14" s="76"/>
+      <c r="F14" s="76"/>
+      <c r="G14" s="76"/>
+      <c r="H14" s="76"/>
+      <c r="I14" s="76"/>
+      <c r="J14" s="76"/>
+      <c r="K14" s="10"/>
+      <c r="L14" s="10"/>
+      <c r="M14" s="10"/>
+      <c r="N14" s="10"/>
+      <c r="O14" s="10"/>
+      <c r="P14" s="10"/>
+      <c r="Q14" s="11"/>
+      <c r="R14" s="11"/>
+      <c r="S14" s="11"/>
+      <c r="T14" s="11"/>
+      <c r="U14" s="11"/>
+      <c r="V14" s="11"/>
+      <c r="W14" s="11"/>
+      <c r="X14" s="11"/>
+      <c r="Y14" s="11"/>
+      <c r="Z14" s="11"/>
+      <c r="AA14" s="10"/>
+      <c r="AB14" s="10"/>
+      <c r="AC14" s="10"/>
+    </row>
+    <row r="15" spans="1:29" ht="30" customHeight="1">
       <c r="A15" s="8"/>
-      <c r="B15" s="75" t="s">
+      <c r="B15" s="65" t="s">
         <v>6</v>
       </c>
-      <c r="C15" s="64"/>
-[...27 lines deleted...]
-    <row r="16" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C15" s="51"/>
+      <c r="D15" s="52"/>
+      <c r="E15" s="77"/>
+      <c r="F15" s="51"/>
+      <c r="G15" s="51"/>
+      <c r="H15" s="51"/>
+      <c r="I15" s="51"/>
+      <c r="J15" s="52"/>
+      <c r="K15" s="10"/>
+      <c r="L15" s="10"/>
+      <c r="M15" s="10"/>
+      <c r="N15" s="10"/>
+      <c r="O15" s="10"/>
+      <c r="P15" s="10"/>
+      <c r="Q15" s="11"/>
+      <c r="R15" s="11"/>
+      <c r="S15" s="11"/>
+      <c r="T15" s="11"/>
+      <c r="U15" s="11"/>
+      <c r="V15" s="11"/>
+      <c r="W15" s="11"/>
+      <c r="X15" s="11"/>
+      <c r="Y15" s="11"/>
+      <c r="Z15" s="11"/>
+      <c r="AA15" s="10"/>
+      <c r="AB15" s="10"/>
+      <c r="AC15" s="10"/>
+    </row>
+    <row r="16" spans="1:29" ht="30" customHeight="1">
       <c r="A16" s="8"/>
-      <c r="B16" s="75" t="s">
+      <c r="B16" s="65" t="s">
         <v>7</v>
       </c>
-      <c r="C16" s="64"/>
-[...27 lines deleted...]
-    <row r="17" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C16" s="51"/>
+      <c r="D16" s="52"/>
+      <c r="E16" s="77"/>
+      <c r="F16" s="51"/>
+      <c r="G16" s="51"/>
+      <c r="H16" s="51"/>
+      <c r="I16" s="51"/>
+      <c r="J16" s="52"/>
+      <c r="K16" s="10"/>
+      <c r="L16" s="10"/>
+      <c r="M16" s="10"/>
+      <c r="N16" s="10"/>
+      <c r="O16" s="10"/>
+      <c r="P16" s="10"/>
+      <c r="Q16" s="11"/>
+      <c r="R16" s="11"/>
+      <c r="S16" s="11"/>
+      <c r="T16" s="11"/>
+      <c r="U16" s="11"/>
+      <c r="V16" s="11"/>
+      <c r="W16" s="11"/>
+      <c r="X16" s="11"/>
+      <c r="Y16" s="11"/>
+      <c r="Z16" s="11"/>
+      <c r="AA16" s="10"/>
+      <c r="AB16" s="10"/>
+      <c r="AC16" s="10"/>
+    </row>
+    <row r="17" spans="1:29" ht="30" customHeight="1">
       <c r="A17" s="8"/>
-      <c r="B17" s="75" t="s">
+      <c r="B17" s="65" t="s">
         <v>8</v>
       </c>
-      <c r="C17" s="64"/>
-[...27 lines deleted...]
-    <row r="18" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C17" s="51"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="77"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="51"/>
+      <c r="H17" s="51"/>
+      <c r="I17" s="51"/>
+      <c r="J17" s="52"/>
+      <c r="K17" s="10"/>
+      <c r="L17" s="10"/>
+      <c r="M17" s="10"/>
+      <c r="N17" s="10"/>
+      <c r="O17" s="10"/>
+      <c r="P17" s="10"/>
+      <c r="Q17" s="11"/>
+      <c r="R17" s="11"/>
+      <c r="S17" s="11"/>
+      <c r="T17" s="11"/>
+      <c r="U17" s="11"/>
+      <c r="V17" s="11"/>
+      <c r="W17" s="11"/>
+      <c r="X17" s="11"/>
+      <c r="Y17" s="11"/>
+      <c r="Z17" s="11"/>
+      <c r="AA17" s="10"/>
+      <c r="AB17" s="10"/>
+      <c r="AC17" s="10"/>
+    </row>
+    <row r="18" spans="1:29" ht="30" customHeight="1">
       <c r="A18" s="8"/>
-      <c r="B18" s="75" t="s">
+      <c r="B18" s="65" t="s">
         <v>9</v>
       </c>
-      <c r="C18" s="64"/>
-[...27 lines deleted...]
-    <row r="19" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C18" s="51"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="77"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="51"/>
+      <c r="H18" s="51"/>
+      <c r="I18" s="51"/>
+      <c r="J18" s="52"/>
+      <c r="K18" s="10"/>
+      <c r="L18" s="10"/>
+      <c r="M18" s="10"/>
+      <c r="N18" s="10"/>
+      <c r="O18" s="10"/>
+      <c r="P18" s="10"/>
+      <c r="Q18" s="11"/>
+      <c r="R18" s="11"/>
+      <c r="S18" s="11"/>
+      <c r="T18" s="11"/>
+      <c r="U18" s="11"/>
+      <c r="V18" s="11"/>
+      <c r="W18" s="11"/>
+      <c r="X18" s="11"/>
+      <c r="Y18" s="11"/>
+      <c r="Z18" s="11"/>
+      <c r="AA18" s="10"/>
+      <c r="AB18" s="10"/>
+      <c r="AC18" s="10"/>
+    </row>
+    <row r="19" spans="1:29" ht="30" customHeight="1">
       <c r="A19" s="8"/>
-      <c r="B19" s="75" t="s">
+      <c r="B19" s="65" t="s">
         <v>10</v>
       </c>
-      <c r="C19" s="64"/>
-[...27 lines deleted...]
-    <row r="20" spans="1:29" ht="30" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C19" s="51"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="77"/>
+      <c r="F19" s="51"/>
+      <c r="G19" s="51"/>
+      <c r="H19" s="51"/>
+      <c r="I19" s="51"/>
+      <c r="J19" s="52"/>
+      <c r="K19" s="10"/>
+      <c r="L19" s="10"/>
+      <c r="M19" s="10"/>
+      <c r="N19" s="10"/>
+      <c r="O19" s="10"/>
+      <c r="P19" s="10"/>
+      <c r="Q19" s="11"/>
+      <c r="R19" s="11"/>
+      <c r="S19" s="11"/>
+      <c r="T19" s="11"/>
+      <c r="U19" s="11"/>
+      <c r="V19" s="11"/>
+      <c r="W19" s="11"/>
+      <c r="X19" s="11"/>
+      <c r="Y19" s="11"/>
+      <c r="Z19" s="11"/>
+      <c r="AA19" s="10"/>
+      <c r="AB19" s="10"/>
+      <c r="AC19" s="10"/>
+    </row>
+    <row r="20" spans="1:29" ht="30" customHeight="1">
       <c r="A20" s="8"/>
-      <c r="B20" s="75" t="s">
+      <c r="B20" s="65" t="s">
         <v>11</v>
       </c>
-      <c r="C20" s="64"/>
-[...59 lines deleted...]
-      <c r="B22" s="78" t="s">
+      <c r="C20" s="51"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="77"/>
+      <c r="F20" s="51"/>
+      <c r="G20" s="51"/>
+      <c r="H20" s="51"/>
+      <c r="I20" s="51"/>
+      <c r="J20" s="52"/>
+      <c r="K20" s="10"/>
+      <c r="L20" s="10"/>
+      <c r="M20" s="10"/>
+      <c r="N20" s="10"/>
+      <c r="O20" s="10"/>
+      <c r="P20" s="10"/>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="11"/>
+      <c r="S20" s="11"/>
+      <c r="T20" s="11"/>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11"/>
+      <c r="W20" s="11"/>
+      <c r="X20" s="11"/>
+      <c r="Y20" s="11"/>
+      <c r="Z20" s="11"/>
+      <c r="AA20" s="10"/>
+      <c r="AB20" s="10"/>
+      <c r="AC20" s="10"/>
+    </row>
+    <row r="21" spans="1:29" ht="14.4">
+      <c r="A21" s="12"/>
+      <c r="B21" s="13"/>
+      <c r="C21" s="13"/>
+      <c r="D21" s="13"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="13"/>
+      <c r="G21" s="13"/>
+      <c r="H21" s="13"/>
+      <c r="I21" s="13"/>
+      <c r="J21" s="13"/>
+      <c r="K21" s="13"/>
+      <c r="L21" s="13"/>
+      <c r="M21" s="13"/>
+      <c r="N21" s="13"/>
+      <c r="O21" s="13"/>
+      <c r="P21" s="13"/>
+      <c r="Q21" s="14"/>
+      <c r="R21" s="14"/>
+      <c r="S21" s="14"/>
+      <c r="T21" s="14"/>
+      <c r="U21" s="14"/>
+      <c r="V21" s="14"/>
+      <c r="W21" s="14"/>
+      <c r="X21" s="14"/>
+      <c r="Y21" s="14"/>
+      <c r="Z21" s="14"/>
+      <c r="AA21" s="13"/>
+      <c r="AB21" s="13"/>
+      <c r="AC21" s="13"/>
+    </row>
+    <row r="22" spans="1:29" ht="55.8">
+      <c r="B22" s="66" t="s">
         <v>12</v>
       </c>
-      <c r="C22" s="64"/>
-[...1 lines deleted...]
-      <c r="E22" s="78" t="s">
+      <c r="C22" s="51"/>
+      <c r="D22" s="52"/>
+      <c r="E22" s="66" t="s">
         <v>13</v>
       </c>
-      <c r="F22" s="64"/>
-[...1 lines deleted...]
-      <c r="H22" s="79" t="s">
+      <c r="F22" s="51"/>
+      <c r="G22" s="52"/>
+      <c r="H22" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="I22" s="80"/>
-[...1 lines deleted...]
-      <c r="K22" s="79" t="s">
+      <c r="I22" s="79"/>
+      <c r="J22" s="80"/>
+      <c r="K22" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="L22" s="80"/>
-[...1 lines deleted...]
-      <c r="N22" s="79" t="s">
+      <c r="L22" s="79"/>
+      <c r="M22" s="80"/>
+      <c r="N22" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="O22" s="80"/>
-[...1 lines deleted...]
-      <c r="Q22" s="82" t="s">
+      <c r="O22" s="79"/>
+      <c r="P22" s="80"/>
+      <c r="Q22" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="R22" s="80"/>
-[...2 lines deleted...]
-      <c r="U22" s="82" t="s">
+      <c r="R22" s="79"/>
+      <c r="S22" s="79"/>
+      <c r="T22" s="80"/>
+      <c r="U22" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="V22" s="81"/>
-      <c r="W22" s="82" t="s">
+      <c r="V22" s="80"/>
+      <c r="W22" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="X22" s="81"/>
-      <c r="Y22" s="17" t="s">
+      <c r="X22" s="80"/>
+      <c r="Y22" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="Z22" s="17" t="s">
+      <c r="Z22" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="AA22" s="83" t="s">
+      <c r="AA22" s="82" t="s">
         <v>22</v>
       </c>
-      <c r="AB22" s="81"/>
-[...3 lines deleted...]
-      <c r="A23" s="19">
+      <c r="AB22" s="80"/>
+      <c r="AC22" s="16"/>
+    </row>
+    <row r="23" spans="1:29" ht="14.4">
+      <c r="A23" s="17">
         <v>1</v>
       </c>
-      <c r="B23" s="63"/>
-[...42 lines deleted...]
-      <c r="A24" s="19">
+      <c r="B23" s="50"/>
+      <c r="C23" s="51"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="50"/>
+      <c r="F23" s="51"/>
+      <c r="G23" s="52"/>
+      <c r="H23" s="50"/>
+      <c r="I23" s="51"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="50"/>
+      <c r="L23" s="51"/>
+      <c r="M23" s="52"/>
+      <c r="N23" s="50"/>
+      <c r="O23" s="51"/>
+      <c r="P23" s="52"/>
+      <c r="Q23" s="60">
+        <v>0</v>
+      </c>
+      <c r="R23" s="51"/>
+      <c r="S23" s="51"/>
+      <c r="T23" s="52"/>
+      <c r="U23" s="53">
+        <v>0</v>
+      </c>
+      <c r="V23" s="52"/>
+      <c r="W23" s="53">
+        <v>0</v>
+      </c>
+      <c r="X23" s="52"/>
+      <c r="Y23" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="54">
+        <f t="shared" ref="AA23:AA41" si="0">SUM(Q23:Z23)</f>
+        <v>0</v>
+      </c>
+      <c r="AB23" s="52"/>
+      <c r="AC23" s="20"/>
+    </row>
+    <row r="24" spans="1:29" ht="14.4">
+      <c r="A24" s="17">
         <v>2</v>
       </c>
-      <c r="B24" s="63"/>
-[...34 lines deleted...]
-      <c r="AA24" s="67">
+      <c r="B24" s="50"/>
+      <c r="C24" s="51"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="51"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="51"/>
+      <c r="J24" s="52"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="51"/>
+      <c r="M24" s="52"/>
+      <c r="N24" s="50"/>
+      <c r="O24" s="51"/>
+      <c r="P24" s="52"/>
+      <c r="Q24" s="53">
+        <v>0</v>
+      </c>
+      <c r="R24" s="51"/>
+      <c r="S24" s="51"/>
+      <c r="T24" s="52"/>
+      <c r="U24" s="53">
+        <v>0</v>
+      </c>
+      <c r="V24" s="52"/>
+      <c r="W24" s="53">
+        <v>0</v>
+      </c>
+      <c r="X24" s="52"/>
+      <c r="Y24" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB24" s="65"/>
-[...3 lines deleted...]
-      <c r="A25" s="19">
+      <c r="AB24" s="52"/>
+      <c r="AC24" s="20"/>
+    </row>
+    <row r="25" spans="1:29" ht="14.4">
+      <c r="A25" s="17">
         <v>3</v>
       </c>
-      <c r="B25" s="63"/>
-[...34 lines deleted...]
-      <c r="AA25" s="67">
+      <c r="B25" s="50"/>
+      <c r="C25" s="51"/>
+      <c r="D25" s="52"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="52"/>
+      <c r="H25" s="50"/>
+      <c r="I25" s="51"/>
+      <c r="J25" s="52"/>
+      <c r="K25" s="50"/>
+      <c r="L25" s="51"/>
+      <c r="M25" s="52"/>
+      <c r="N25" s="50"/>
+      <c r="O25" s="51"/>
+      <c r="P25" s="52"/>
+      <c r="Q25" s="53">
+        <v>0</v>
+      </c>
+      <c r="R25" s="51"/>
+      <c r="S25" s="51"/>
+      <c r="T25" s="52"/>
+      <c r="U25" s="53">
+        <v>0</v>
+      </c>
+      <c r="V25" s="52"/>
+      <c r="W25" s="53">
+        <v>0</v>
+      </c>
+      <c r="X25" s="52"/>
+      <c r="Y25" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB25" s="65"/>
-[...3 lines deleted...]
-      <c r="A26" s="19">
+      <c r="AB25" s="52"/>
+      <c r="AC25" s="20"/>
+    </row>
+    <row r="26" spans="1:29" ht="14.4">
+      <c r="A26" s="17">
         <v>4</v>
       </c>
-      <c r="B26" s="63"/>
-[...34 lines deleted...]
-      <c r="AA26" s="67">
+      <c r="B26" s="50"/>
+      <c r="C26" s="51"/>
+      <c r="D26" s="52"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="51"/>
+      <c r="G26" s="52"/>
+      <c r="H26" s="50"/>
+      <c r="I26" s="51"/>
+      <c r="J26" s="52"/>
+      <c r="K26" s="50"/>
+      <c r="L26" s="51"/>
+      <c r="M26" s="52"/>
+      <c r="N26" s="50"/>
+      <c r="O26" s="51"/>
+      <c r="P26" s="52"/>
+      <c r="Q26" s="53">
+        <v>0</v>
+      </c>
+      <c r="R26" s="51"/>
+      <c r="S26" s="51"/>
+      <c r="T26" s="52"/>
+      <c r="U26" s="53">
+        <v>0</v>
+      </c>
+      <c r="V26" s="52"/>
+      <c r="W26" s="53">
+        <v>0</v>
+      </c>
+      <c r="X26" s="52"/>
+      <c r="Y26" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB26" s="65"/>
-[...3 lines deleted...]
-      <c r="A27" s="19">
+      <c r="AB26" s="52"/>
+      <c r="AC26" s="20"/>
+    </row>
+    <row r="27" spans="1:29" ht="14.4">
+      <c r="A27" s="17">
         <v>5</v>
       </c>
-      <c r="B27" s="63"/>
-[...34 lines deleted...]
-      <c r="AA27" s="67">
+      <c r="B27" s="50"/>
+      <c r="C27" s="51"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="50"/>
+      <c r="F27" s="51"/>
+      <c r="G27" s="52"/>
+      <c r="H27" s="50"/>
+      <c r="I27" s="51"/>
+      <c r="J27" s="52"/>
+      <c r="K27" s="50"/>
+      <c r="L27" s="51"/>
+      <c r="M27" s="52"/>
+      <c r="N27" s="50"/>
+      <c r="O27" s="51"/>
+      <c r="P27" s="52"/>
+      <c r="Q27" s="53">
+        <v>0</v>
+      </c>
+      <c r="R27" s="51"/>
+      <c r="S27" s="51"/>
+      <c r="T27" s="52"/>
+      <c r="U27" s="53">
+        <v>0</v>
+      </c>
+      <c r="V27" s="52"/>
+      <c r="W27" s="53">
+        <v>0</v>
+      </c>
+      <c r="X27" s="52"/>
+      <c r="Y27" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB27" s="65"/>
-[...3 lines deleted...]
-      <c r="A28" s="19">
+      <c r="AB27" s="52"/>
+      <c r="AC27" s="20"/>
+    </row>
+    <row r="28" spans="1:29" ht="14.4">
+      <c r="A28" s="17">
         <v>6</v>
       </c>
-      <c r="B28" s="63"/>
-[...34 lines deleted...]
-      <c r="AA28" s="67">
+      <c r="B28" s="50"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="52"/>
+      <c r="E28" s="50"/>
+      <c r="F28" s="51"/>
+      <c r="G28" s="52"/>
+      <c r="H28" s="50"/>
+      <c r="I28" s="51"/>
+      <c r="J28" s="52"/>
+      <c r="K28" s="50"/>
+      <c r="L28" s="51"/>
+      <c r="M28" s="52"/>
+      <c r="N28" s="50"/>
+      <c r="O28" s="51"/>
+      <c r="P28" s="52"/>
+      <c r="Q28" s="53">
+        <v>0</v>
+      </c>
+      <c r="R28" s="51"/>
+      <c r="S28" s="51"/>
+      <c r="T28" s="52"/>
+      <c r="U28" s="53">
+        <v>0</v>
+      </c>
+      <c r="V28" s="52"/>
+      <c r="W28" s="53">
+        <v>0</v>
+      </c>
+      <c r="X28" s="52"/>
+      <c r="Y28" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB28" s="65"/>
-[...3 lines deleted...]
-      <c r="A29" s="19">
+      <c r="AB28" s="52"/>
+      <c r="AC28" s="20"/>
+    </row>
+    <row r="29" spans="1:29" ht="14.4">
+      <c r="A29" s="17">
+        <v>7</v>
+      </c>
+      <c r="B29" s="50"/>
+      <c r="C29" s="51"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="50"/>
+      <c r="F29" s="51"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="50"/>
+      <c r="I29" s="51"/>
+      <c r="J29" s="52"/>
+      <c r="K29" s="50"/>
+      <c r="L29" s="51"/>
+      <c r="M29" s="52"/>
+      <c r="N29" s="50"/>
+      <c r="O29" s="51"/>
+      <c r="P29" s="52"/>
+      <c r="Q29" s="53">
+        <v>0</v>
+      </c>
+      <c r="R29" s="51"/>
+      <c r="S29" s="51"/>
+      <c r="T29" s="52"/>
+      <c r="U29" s="53">
+        <v>0</v>
+      </c>
+      <c r="V29" s="52"/>
+      <c r="W29" s="53">
+        <v>0</v>
+      </c>
+      <c r="X29" s="52"/>
+      <c r="Y29" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="54">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="AB29" s="52"/>
+      <c r="AC29" s="20"/>
+    </row>
+    <row r="30" spans="1:29" ht="14.4">
+      <c r="A30" s="17">
         <v>8</v>
       </c>
-      <c r="B29" s="63"/>
-[...34 lines deleted...]
-      <c r="AA29" s="67">
+      <c r="B30" s="50"/>
+      <c r="C30" s="51"/>
+      <c r="D30" s="52"/>
+      <c r="E30" s="50"/>
+      <c r="F30" s="51"/>
+      <c r="G30" s="52"/>
+      <c r="H30" s="50"/>
+      <c r="I30" s="51"/>
+      <c r="J30" s="52"/>
+      <c r="K30" s="50"/>
+      <c r="L30" s="51"/>
+      <c r="M30" s="52"/>
+      <c r="N30" s="50"/>
+      <c r="O30" s="51"/>
+      <c r="P30" s="52"/>
+      <c r="Q30" s="53">
+        <v>0</v>
+      </c>
+      <c r="R30" s="51"/>
+      <c r="S30" s="51"/>
+      <c r="T30" s="52"/>
+      <c r="U30" s="53">
+        <v>0</v>
+      </c>
+      <c r="V30" s="52"/>
+      <c r="W30" s="53">
+        <v>0</v>
+      </c>
+      <c r="X30" s="52"/>
+      <c r="Y30" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z30" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB29" s="65"/>
-[...3 lines deleted...]
-      <c r="A30" s="19">
+      <c r="AB30" s="52"/>
+      <c r="AC30" s="20"/>
+    </row>
+    <row r="31" spans="1:29" ht="14.4">
+      <c r="A31" s="17">
         <v>9</v>
       </c>
-      <c r="B30" s="63"/>
-[...34 lines deleted...]
-      <c r="AA30" s="67">
+      <c r="B31" s="50"/>
+      <c r="C31" s="51"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="50"/>
+      <c r="F31" s="51"/>
+      <c r="G31" s="52"/>
+      <c r="H31" s="50"/>
+      <c r="I31" s="51"/>
+      <c r="J31" s="52"/>
+      <c r="K31" s="50"/>
+      <c r="L31" s="51"/>
+      <c r="M31" s="52"/>
+      <c r="N31" s="50"/>
+      <c r="O31" s="51"/>
+      <c r="P31" s="52"/>
+      <c r="Q31" s="53">
+        <v>0</v>
+      </c>
+      <c r="R31" s="51"/>
+      <c r="S31" s="51"/>
+      <c r="T31" s="52"/>
+      <c r="U31" s="53">
+        <v>0</v>
+      </c>
+      <c r="V31" s="52"/>
+      <c r="W31" s="53">
+        <v>0</v>
+      </c>
+      <c r="X31" s="52"/>
+      <c r="Y31" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB30" s="65"/>
-[...3 lines deleted...]
-      <c r="A31" s="19">
+      <c r="AB31" s="52"/>
+      <c r="AC31" s="20"/>
+    </row>
+    <row r="32" spans="1:29" ht="14.4">
+      <c r="A32" s="17">
         <v>10</v>
       </c>
-      <c r="B31" s="63"/>
-[...34 lines deleted...]
-      <c r="AA31" s="67">
+      <c r="B32" s="50"/>
+      <c r="C32" s="51"/>
+      <c r="D32" s="52"/>
+      <c r="E32" s="50"/>
+      <c r="F32" s="51"/>
+      <c r="G32" s="52"/>
+      <c r="H32" s="50"/>
+      <c r="I32" s="51"/>
+      <c r="J32" s="52"/>
+      <c r="K32" s="50"/>
+      <c r="L32" s="51"/>
+      <c r="M32" s="52"/>
+      <c r="N32" s="50"/>
+      <c r="O32" s="51"/>
+      <c r="P32" s="52"/>
+      <c r="Q32" s="53">
+        <v>0</v>
+      </c>
+      <c r="R32" s="51"/>
+      <c r="S32" s="51"/>
+      <c r="T32" s="52"/>
+      <c r="U32" s="53">
+        <v>0</v>
+      </c>
+      <c r="V32" s="52"/>
+      <c r="W32" s="53">
+        <v>0</v>
+      </c>
+      <c r="X32" s="52"/>
+      <c r="Y32" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB31" s="65"/>
-[...3 lines deleted...]
-      <c r="A32" s="19">
+      <c r="AB32" s="52"/>
+      <c r="AC32" s="20"/>
+    </row>
+    <row r="33" spans="1:29" ht="14.4">
+      <c r="A33" s="17">
         <v>11</v>
       </c>
-      <c r="B32" s="63"/>
-[...34 lines deleted...]
-      <c r="AA32" s="67">
+      <c r="B33" s="50"/>
+      <c r="C33" s="51"/>
+      <c r="D33" s="52"/>
+      <c r="E33" s="50"/>
+      <c r="F33" s="51"/>
+      <c r="G33" s="52"/>
+      <c r="H33" s="50"/>
+      <c r="I33" s="51"/>
+      <c r="J33" s="52"/>
+      <c r="K33" s="50"/>
+      <c r="L33" s="51"/>
+      <c r="M33" s="52"/>
+      <c r="N33" s="50"/>
+      <c r="O33" s="51"/>
+      <c r="P33" s="52"/>
+      <c r="Q33" s="53">
+        <v>0</v>
+      </c>
+      <c r="R33" s="51"/>
+      <c r="S33" s="51"/>
+      <c r="T33" s="52"/>
+      <c r="U33" s="53">
+        <v>0</v>
+      </c>
+      <c r="V33" s="52"/>
+      <c r="W33" s="53">
+        <v>0</v>
+      </c>
+      <c r="X33" s="52"/>
+      <c r="Y33" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB32" s="65"/>
-[...3 lines deleted...]
-      <c r="A33" s="19">
+      <c r="AB33" s="52"/>
+      <c r="AC33" s="20"/>
+    </row>
+    <row r="34" spans="1:29" ht="14.4">
+      <c r="A34" s="17">
         <v>12</v>
       </c>
-      <c r="B33" s="63"/>
-[...34 lines deleted...]
-      <c r="AA33" s="67">
+      <c r="B34" s="50"/>
+      <c r="C34" s="51"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="50"/>
+      <c r="F34" s="51"/>
+      <c r="G34" s="52"/>
+      <c r="H34" s="50"/>
+      <c r="I34" s="51"/>
+      <c r="J34" s="52"/>
+      <c r="K34" s="50"/>
+      <c r="L34" s="51"/>
+      <c r="M34" s="52"/>
+      <c r="N34" s="50"/>
+      <c r="O34" s="51"/>
+      <c r="P34" s="52"/>
+      <c r="Q34" s="53">
+        <v>0</v>
+      </c>
+      <c r="R34" s="51"/>
+      <c r="S34" s="51"/>
+      <c r="T34" s="52"/>
+      <c r="U34" s="53">
+        <v>0</v>
+      </c>
+      <c r="V34" s="52"/>
+      <c r="W34" s="53">
+        <v>0</v>
+      </c>
+      <c r="X34" s="52"/>
+      <c r="Y34" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB33" s="65"/>
-[...3 lines deleted...]
-      <c r="A34" s="19">
+      <c r="AB34" s="52"/>
+      <c r="AC34" s="20"/>
+    </row>
+    <row r="35" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A35" s="17">
         <v>13</v>
       </c>
-      <c r="B34" s="63"/>
-[...34 lines deleted...]
-      <c r="AA34" s="67">
+      <c r="B35" s="50"/>
+      <c r="C35" s="51"/>
+      <c r="D35" s="52"/>
+      <c r="E35" s="50"/>
+      <c r="F35" s="51"/>
+      <c r="G35" s="52"/>
+      <c r="H35" s="50"/>
+      <c r="I35" s="51"/>
+      <c r="J35" s="52"/>
+      <c r="K35" s="50"/>
+      <c r="L35" s="51"/>
+      <c r="M35" s="52"/>
+      <c r="N35" s="50"/>
+      <c r="O35" s="51"/>
+      <c r="P35" s="52"/>
+      <c r="Q35" s="53">
+        <v>0</v>
+      </c>
+      <c r="R35" s="51"/>
+      <c r="S35" s="51"/>
+      <c r="T35" s="52"/>
+      <c r="U35" s="53">
+        <v>0</v>
+      </c>
+      <c r="V35" s="52"/>
+      <c r="W35" s="53">
+        <v>0</v>
+      </c>
+      <c r="X35" s="52"/>
+      <c r="Y35" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB34" s="65"/>
-[...3 lines deleted...]
-      <c r="A35" s="19">
+      <c r="AB35" s="52"/>
+      <c r="AC35" s="20"/>
+    </row>
+    <row r="36" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A36" s="17">
         <v>14</v>
       </c>
-      <c r="B35" s="63"/>
-[...34 lines deleted...]
-      <c r="AA35" s="67">
+      <c r="B36" s="50"/>
+      <c r="C36" s="51"/>
+      <c r="D36" s="52"/>
+      <c r="E36" s="50"/>
+      <c r="F36" s="51"/>
+      <c r="G36" s="52"/>
+      <c r="H36" s="50"/>
+      <c r="I36" s="51"/>
+      <c r="J36" s="52"/>
+      <c r="K36" s="50"/>
+      <c r="L36" s="51"/>
+      <c r="M36" s="52"/>
+      <c r="N36" s="50"/>
+      <c r="O36" s="51"/>
+      <c r="P36" s="52"/>
+      <c r="Q36" s="53">
+        <v>0</v>
+      </c>
+      <c r="R36" s="51"/>
+      <c r="S36" s="51"/>
+      <c r="T36" s="52"/>
+      <c r="U36" s="53">
+        <v>0</v>
+      </c>
+      <c r="V36" s="52"/>
+      <c r="W36" s="53">
+        <v>0</v>
+      </c>
+      <c r="X36" s="52"/>
+      <c r="Y36" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB35" s="65"/>
-[...3 lines deleted...]
-      <c r="A36" s="19">
+      <c r="AB36" s="52"/>
+      <c r="AC36" s="20"/>
+    </row>
+    <row r="37" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A37" s="17">
         <v>15</v>
       </c>
-      <c r="B36" s="63"/>
-[...34 lines deleted...]
-      <c r="AA36" s="67">
+      <c r="B37" s="50"/>
+      <c r="C37" s="51"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="50"/>
+      <c r="F37" s="51"/>
+      <c r="G37" s="52"/>
+      <c r="H37" s="50"/>
+      <c r="I37" s="51"/>
+      <c r="J37" s="52"/>
+      <c r="K37" s="50"/>
+      <c r="L37" s="51"/>
+      <c r="M37" s="52"/>
+      <c r="N37" s="50"/>
+      <c r="O37" s="51"/>
+      <c r="P37" s="52"/>
+      <c r="Q37" s="53">
+        <v>0</v>
+      </c>
+      <c r="R37" s="51"/>
+      <c r="S37" s="51"/>
+      <c r="T37" s="52"/>
+      <c r="U37" s="53">
+        <v>0</v>
+      </c>
+      <c r="V37" s="52"/>
+      <c r="W37" s="53">
+        <v>0</v>
+      </c>
+      <c r="X37" s="52"/>
+      <c r="Y37" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB36" s="65"/>
-[...3 lines deleted...]
-      <c r="A37" s="19">
+      <c r="AB37" s="52"/>
+      <c r="AC37" s="20"/>
+    </row>
+    <row r="38" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A38" s="17">
         <v>16</v>
       </c>
-      <c r="B37" s="63"/>
-[...34 lines deleted...]
-      <c r="AA37" s="67">
+      <c r="B38" s="50"/>
+      <c r="C38" s="51"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="51"/>
+      <c r="G38" s="52"/>
+      <c r="H38" s="50"/>
+      <c r="I38" s="51"/>
+      <c r="J38" s="52"/>
+      <c r="K38" s="50"/>
+      <c r="L38" s="51"/>
+      <c r="M38" s="52"/>
+      <c r="N38" s="50"/>
+      <c r="O38" s="51"/>
+      <c r="P38" s="52"/>
+      <c r="Q38" s="53">
+        <v>0</v>
+      </c>
+      <c r="R38" s="51"/>
+      <c r="S38" s="51"/>
+      <c r="T38" s="52"/>
+      <c r="U38" s="53">
+        <v>0</v>
+      </c>
+      <c r="V38" s="52"/>
+      <c r="W38" s="53">
+        <v>0</v>
+      </c>
+      <c r="X38" s="52"/>
+      <c r="Y38" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB37" s="65"/>
-[...3 lines deleted...]
-      <c r="A38" s="19">
+      <c r="AB38" s="52"/>
+      <c r="AC38" s="20"/>
+    </row>
+    <row r="39" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A39" s="17">
         <v>17</v>
       </c>
-      <c r="B38" s="63"/>
-[...34 lines deleted...]
-      <c r="AA38" s="67">
+      <c r="B39" s="50"/>
+      <c r="C39" s="51"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="50"/>
+      <c r="F39" s="51"/>
+      <c r="G39" s="52"/>
+      <c r="H39" s="50"/>
+      <c r="I39" s="51"/>
+      <c r="J39" s="52"/>
+      <c r="K39" s="50"/>
+      <c r="L39" s="51"/>
+      <c r="M39" s="52"/>
+      <c r="N39" s="50"/>
+      <c r="O39" s="51"/>
+      <c r="P39" s="52"/>
+      <c r="Q39" s="53">
+        <v>0</v>
+      </c>
+      <c r="R39" s="51"/>
+      <c r="S39" s="51"/>
+      <c r="T39" s="52"/>
+      <c r="U39" s="53">
+        <v>0</v>
+      </c>
+      <c r="V39" s="52"/>
+      <c r="W39" s="53">
+        <v>0</v>
+      </c>
+      <c r="X39" s="52"/>
+      <c r="Y39" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB38" s="65"/>
-[...3 lines deleted...]
-      <c r="A39" s="19">
+      <c r="AB39" s="52"/>
+      <c r="AC39" s="20"/>
+    </row>
+    <row r="40" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A40" s="17">
         <v>18</v>
       </c>
-      <c r="B39" s="63"/>
-[...34 lines deleted...]
-      <c r="AA39" s="67">
+      <c r="B40" s="50"/>
+      <c r="C40" s="51"/>
+      <c r="D40" s="52"/>
+      <c r="E40" s="50"/>
+      <c r="F40" s="51"/>
+      <c r="G40" s="52"/>
+      <c r="H40" s="50"/>
+      <c r="I40" s="51"/>
+      <c r="J40" s="52"/>
+      <c r="K40" s="50"/>
+      <c r="L40" s="51"/>
+      <c r="M40" s="52"/>
+      <c r="N40" s="50"/>
+      <c r="O40" s="51"/>
+      <c r="P40" s="52"/>
+      <c r="Q40" s="53">
+        <v>0</v>
+      </c>
+      <c r="R40" s="51"/>
+      <c r="S40" s="51"/>
+      <c r="T40" s="52"/>
+      <c r="U40" s="53">
+        <v>0</v>
+      </c>
+      <c r="V40" s="52"/>
+      <c r="W40" s="53">
+        <v>0</v>
+      </c>
+      <c r="X40" s="52"/>
+      <c r="Y40" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB39" s="65"/>
-[...3 lines deleted...]
-      <c r="A40" s="19">
+      <c r="AB40" s="52"/>
+      <c r="AC40" s="20"/>
+    </row>
+    <row r="41" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A41" s="17">
         <v>19</v>
       </c>
-      <c r="B40" s="63"/>
-[...34 lines deleted...]
-      <c r="AA40" s="67">
+      <c r="B41" s="50"/>
+      <c r="C41" s="51"/>
+      <c r="D41" s="52"/>
+      <c r="E41" s="50"/>
+      <c r="F41" s="51"/>
+      <c r="G41" s="52"/>
+      <c r="H41" s="50"/>
+      <c r="I41" s="51"/>
+      <c r="J41" s="52"/>
+      <c r="K41" s="50"/>
+      <c r="L41" s="51"/>
+      <c r="M41" s="52"/>
+      <c r="N41" s="50"/>
+      <c r="O41" s="51"/>
+      <c r="P41" s="52"/>
+      <c r="Q41" s="53">
+        <v>0</v>
+      </c>
+      <c r="R41" s="51"/>
+      <c r="S41" s="51"/>
+      <c r="T41" s="52"/>
+      <c r="U41" s="53">
+        <v>0</v>
+      </c>
+      <c r="V41" s="52"/>
+      <c r="W41" s="53">
+        <v>0</v>
+      </c>
+      <c r="X41" s="52"/>
+      <c r="Y41" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z41" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB40" s="65"/>
-[...3 lines deleted...]
-      <c r="A41" s="19">
+      <c r="AB41" s="52"/>
+      <c r="AC41" s="20"/>
+    </row>
+    <row r="42" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A42" s="17">
         <v>20</v>
       </c>
-      <c r="B41" s="63"/>
-[...42 lines deleted...]
-      <c r="A42" s="19">
+      <c r="B42" s="50"/>
+      <c r="C42" s="51"/>
+      <c r="D42" s="52"/>
+      <c r="E42" s="50"/>
+      <c r="F42" s="51"/>
+      <c r="G42" s="52"/>
+      <c r="H42" s="50"/>
+      <c r="I42" s="51"/>
+      <c r="J42" s="52"/>
+      <c r="K42" s="50"/>
+      <c r="L42" s="51"/>
+      <c r="M42" s="52"/>
+      <c r="N42" s="50"/>
+      <c r="O42" s="51"/>
+      <c r="P42" s="52"/>
+      <c r="Q42" s="53">
+        <v>0</v>
+      </c>
+      <c r="R42" s="51"/>
+      <c r="S42" s="51"/>
+      <c r="T42" s="52"/>
+      <c r="U42" s="53">
+        <v>0</v>
+      </c>
+      <c r="V42" s="52"/>
+      <c r="W42" s="53">
+        <v>0</v>
+      </c>
+      <c r="X42" s="52"/>
+      <c r="Y42" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="54">
+        <f t="shared" ref="AA42" si="1">SUM(Q42:Z42)</f>
+        <v>0</v>
+      </c>
+      <c r="AB42" s="52"/>
+      <c r="AC42" s="20"/>
+    </row>
+    <row r="43" spans="1:29" ht="15.75" customHeight="1">
+      <c r="A43" s="17">
         <v>21</v>
       </c>
-      <c r="B42" s="63"/>
-[...88 lines deleted...]
-      <c r="B44" s="22" t="s">
+      <c r="B43" s="50"/>
+      <c r="C43" s="51"/>
+      <c r="D43" s="52"/>
+      <c r="E43" s="50"/>
+      <c r="F43" s="51"/>
+      <c r="G43" s="52"/>
+      <c r="H43" s="50"/>
+      <c r="I43" s="51"/>
+      <c r="J43" s="52"/>
+      <c r="K43" s="50"/>
+      <c r="L43" s="51"/>
+      <c r="M43" s="52"/>
+      <c r="N43" s="50"/>
+      <c r="O43" s="51"/>
+      <c r="P43" s="52"/>
+      <c r="Q43" s="53">
+        <v>0</v>
+      </c>
+      <c r="R43" s="51"/>
+      <c r="S43" s="51"/>
+      <c r="T43" s="52"/>
+      <c r="U43" s="53">
+        <v>0</v>
+      </c>
+      <c r="V43" s="52"/>
+      <c r="W43" s="53">
+        <v>0</v>
+      </c>
+      <c r="X43" s="52"/>
+      <c r="Y43" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="54">
+        <f t="shared" ref="AA43:AA44" si="2">SUM(Q43:Z43)</f>
+        <v>0</v>
+      </c>
+      <c r="AB43" s="52"/>
+      <c r="AC43" s="20"/>
+    </row>
+    <row r="44" spans="1:29" ht="15.75" customHeight="1">
+      <c r="B44" s="21" t="s">
         <v>23</v>
       </c>
-      <c r="N44" s="70" t="s">
+      <c r="N44" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="O44" s="64"/>
-[...1 lines deleted...]
-      <c r="Q44" s="71">
+      <c r="O44" s="51"/>
+      <c r="P44" s="52"/>
+      <c r="Q44" s="56">
         <f>SUM(Q23:T43)</f>
         <v>0</v>
       </c>
-      <c r="R44" s="64"/>
-[...2 lines deleted...]
-      <c r="U44" s="71">
+      <c r="R44" s="51"/>
+      <c r="S44" s="51"/>
+      <c r="T44" s="52"/>
+      <c r="U44" s="56">
         <f>SUM(U23:V43)</f>
         <v>0</v>
       </c>
-      <c r="V44" s="65"/>
-      <c r="W44" s="71">
+      <c r="V44" s="52"/>
+      <c r="W44" s="56">
         <f>SUM(W23:X43)</f>
         <v>0</v>
       </c>
-      <c r="X44" s="65"/>
-[...17 lines deleted...]
-      <c r="B46" s="24" t="s">
+      <c r="X44" s="52"/>
+      <c r="Y44" s="22">
+        <f t="shared" ref="Y44:Z44" si="3">SUM(Y23:Y43)</f>
+        <v>0</v>
+      </c>
+      <c r="Z44" s="22">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+      <c r="AA44" s="54">
+        <f t="shared" si="2"/>
+        <v>0</v>
+      </c>
+      <c r="AB44" s="52"/>
+      <c r="AC44" s="20"/>
+    </row>
+    <row r="45" spans="1:29" ht="15.75" customHeight="1"/>
+    <row r="46" spans="1:29" ht="15.75" customHeight="1">
+      <c r="B46" s="23" t="s">
         <v>25</v>
       </c>
-      <c r="C46" s="25"/>
-[...17 lines deleted...]
-    <row r="47" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="C46" s="24"/>
+      <c r="D46" s="24"/>
+      <c r="E46" s="24"/>
+      <c r="F46" s="24"/>
+      <c r="G46" s="24"/>
+      <c r="H46" s="24"/>
+      <c r="I46" s="24"/>
+      <c r="J46" s="24"/>
+      <c r="K46" s="24"/>
+      <c r="L46" s="24"/>
+      <c r="M46" s="24"/>
+      <c r="N46" s="24"/>
+      <c r="O46" s="24"/>
+      <c r="P46" s="24"/>
+      <c r="Q46" s="25"/>
+      <c r="R46" s="26"/>
+      <c r="S46" s="26"/>
+    </row>
+    <row r="47" spans="1:29" ht="15.75" customHeight="1">
       <c r="B47" s="27"/>
       <c r="Q47" s="27"/>
     </row>
-    <row r="48" spans="1:29" ht="15.75" customHeight="1" x14ac:dyDescent="0.3">
-[...38 lines deleted...]
-    <row r="50" spans="1:18" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:29" ht="15.75" customHeight="1">
+      <c r="B48" s="28"/>
+      <c r="C48" s="29"/>
+      <c r="D48" s="29"/>
+      <c r="E48" s="29"/>
+      <c r="F48" s="29"/>
+      <c r="G48" s="29"/>
+      <c r="H48" s="29"/>
+      <c r="I48" s="29"/>
+      <c r="J48" s="29"/>
+      <c r="K48" s="29"/>
+      <c r="L48" s="29"/>
+      <c r="M48" s="29"/>
+      <c r="N48" s="29"/>
+      <c r="O48" s="29"/>
+      <c r="P48" s="29"/>
+      <c r="Q48" s="29"/>
+      <c r="R48" s="30"/>
+    </row>
+    <row r="49" spans="1:18" ht="17.25" customHeight="1">
+      <c r="B49" s="57" t="s">
+        <v>26</v>
+      </c>
+      <c r="C49" s="58"/>
+      <c r="D49" s="58"/>
+      <c r="E49" s="58"/>
+      <c r="F49" s="58"/>
+      <c r="G49" s="58"/>
+      <c r="H49" s="58"/>
+      <c r="I49" s="58"/>
+      <c r="J49" s="58"/>
+      <c r="K49" s="58"/>
+      <c r="L49" s="58"/>
+      <c r="M49" s="58"/>
+      <c r="N49" s="58"/>
+      <c r="O49" s="58"/>
+      <c r="P49" s="31"/>
+      <c r="R49" s="32"/>
+    </row>
+    <row r="50" spans="1:18" ht="15" customHeight="1">
       <c r="B50" s="59"/>
-      <c r="C50" s="60"/>
-[...16 lines deleted...]
-      <c r="B51" s="37"/>
+      <c r="C50" s="58"/>
+      <c r="D50" s="58"/>
+      <c r="E50" s="58"/>
+      <c r="F50" s="58"/>
+      <c r="G50" s="58"/>
+      <c r="H50" s="58"/>
+      <c r="I50" s="58"/>
+      <c r="J50" s="58"/>
+      <c r="K50" s="58"/>
+      <c r="L50" s="58"/>
+      <c r="M50" s="58"/>
+      <c r="N50" s="58"/>
+      <c r="O50" s="58"/>
+      <c r="P50" s="33"/>
+      <c r="R50" s="32"/>
+    </row>
+    <row r="51" spans="1:18" ht="15" customHeight="1">
+      <c r="B51" s="34"/>
       <c r="Q51" s="27"/>
-      <c r="R51" s="38"/>
-[...19 lines deleted...]
-      <c r="P52" s="60"/>
+      <c r="R51" s="32"/>
+    </row>
+    <row r="52" spans="1:18" ht="33" customHeight="1">
+      <c r="A52" s="35"/>
+      <c r="B52" s="57" t="s">
+        <v>27</v>
+      </c>
+      <c r="C52" s="58"/>
+      <c r="D52" s="58"/>
+      <c r="E52" s="58"/>
+      <c r="F52" s="58"/>
+      <c r="G52" s="58"/>
+      <c r="H52" s="58"/>
+      <c r="I52" s="58"/>
+      <c r="J52" s="58"/>
+      <c r="K52" s="58"/>
+      <c r="L52" s="58"/>
+      <c r="M52" s="58"/>
+      <c r="N52" s="58"/>
+      <c r="O52" s="58"/>
+      <c r="P52" s="58"/>
       <c r="Q52" s="27"/>
-      <c r="R52" s="38"/>
-[...2 lines deleted...]
-      <c r="B53" s="39"/>
+      <c r="R52" s="32"/>
+    </row>
+    <row r="53" spans="1:18" ht="20.25" customHeight="1">
+      <c r="B53" s="36"/>
       <c r="C53" s="27"/>
       <c r="D53" s="27"/>
       <c r="E53" s="27"/>
       <c r="F53" s="27"/>
       <c r="G53" s="27"/>
       <c r="H53" s="27"/>
       <c r="I53" s="27"/>
       <c r="J53" s="27"/>
       <c r="K53" s="27"/>
       <c r="L53" s="27"/>
       <c r="M53" s="27"/>
       <c r="N53" s="27"/>
       <c r="O53" s="27"/>
-      <c r="P53" s="47"/>
-[...90 lines deleted...]
-      <c r="B60" s="68" t="s">
+      <c r="P53" s="33"/>
+      <c r="R53" s="32"/>
+    </row>
+    <row r="54" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B54" s="61" t="s">
         <v>28</v>
       </c>
-      <c r="C60" s="69"/>
-[...36 lines deleted...]
-      <c r="B63" s="51" t="s">
+      <c r="C54" s="58"/>
+      <c r="D54" s="58"/>
+      <c r="E54" s="58"/>
+      <c r="F54" s="58"/>
+      <c r="G54" s="58"/>
+      <c r="H54" s="58"/>
+      <c r="I54" s="58"/>
+      <c r="J54" s="58"/>
+      <c r="K54" s="58"/>
+      <c r="L54" s="58"/>
+      <c r="M54" s="58"/>
+      <c r="N54" s="58"/>
+      <c r="O54" s="58"/>
+      <c r="Q54" s="27"/>
+      <c r="R54" s="32"/>
+    </row>
+    <row r="55" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B55" s="59"/>
+      <c r="C55" s="58"/>
+      <c r="D55" s="58"/>
+      <c r="E55" s="58"/>
+      <c r="F55" s="58"/>
+      <c r="G55" s="58"/>
+      <c r="H55" s="58"/>
+      <c r="I55" s="58"/>
+      <c r="J55" s="58"/>
+      <c r="K55" s="58"/>
+      <c r="L55" s="58"/>
+      <c r="M55" s="58"/>
+      <c r="N55" s="58"/>
+      <c r="O55" s="58"/>
+      <c r="P55" s="27"/>
+      <c r="R55" s="32"/>
+    </row>
+    <row r="56" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B56" s="36"/>
+      <c r="P56" s="33"/>
+      <c r="Q56" s="27"/>
+      <c r="R56" s="32"/>
+    </row>
+    <row r="57" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B57" s="62" t="s">
         <v>29</v>
       </c>
-      <c r="C63" s="52"/>
-[...17 lines deleted...]
-      <c r="B64" s="54" t="s">
+      <c r="C57" s="58"/>
+      <c r="D57" s="58"/>
+      <c r="E57" s="58"/>
+      <c r="F57" s="58"/>
+      <c r="G57" s="58"/>
+      <c r="H57" s="58"/>
+      <c r="I57" s="58"/>
+      <c r="J57" s="58"/>
+      <c r="K57" s="58"/>
+      <c r="L57" s="58"/>
+      <c r="M57" s="58"/>
+      <c r="N57" s="58"/>
+      <c r="O57" s="58"/>
+      <c r="Q57" s="27"/>
+      <c r="R57" s="32"/>
+    </row>
+    <row r="58" spans="1:18" ht="25.5" customHeight="1">
+      <c r="B58" s="59"/>
+      <c r="C58" s="58"/>
+      <c r="D58" s="58"/>
+      <c r="E58" s="58"/>
+      <c r="F58" s="58"/>
+      <c r="G58" s="58"/>
+      <c r="H58" s="58"/>
+      <c r="I58" s="58"/>
+      <c r="J58" s="58"/>
+      <c r="K58" s="58"/>
+      <c r="L58" s="58"/>
+      <c r="M58" s="58"/>
+      <c r="N58" s="58"/>
+      <c r="O58" s="58"/>
+      <c r="P58" s="33"/>
+      <c r="R58" s="32"/>
+    </row>
+    <row r="59" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B59" s="36"/>
+      <c r="Q59" s="27"/>
+      <c r="R59" s="32"/>
+    </row>
+    <row r="60" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B60" s="63" t="s">
         <v>30</v>
       </c>
-      <c r="C64" s="55"/>
-[...17 lines deleted...]
-      <c r="B65" s="51" t="s">
+      <c r="C60" s="58"/>
+      <c r="D60" s="58"/>
+      <c r="E60" s="58"/>
+      <c r="F60" s="58"/>
+      <c r="G60" s="58"/>
+      <c r="H60" s="58"/>
+      <c r="I60" s="58"/>
+      <c r="J60" s="58"/>
+      <c r="K60" s="58"/>
+      <c r="L60" s="58"/>
+      <c r="M60" s="58"/>
+      <c r="N60" s="58"/>
+      <c r="O60" s="58"/>
+      <c r="P60" s="33"/>
+      <c r="R60" s="32"/>
+    </row>
+    <row r="61" spans="1:18" ht="15.75" customHeight="1">
+      <c r="B61" s="37"/>
+      <c r="C61" s="38"/>
+      <c r="D61" s="38"/>
+      <c r="E61" s="38"/>
+      <c r="F61" s="38"/>
+      <c r="G61" s="38"/>
+      <c r="H61" s="38"/>
+      <c r="I61" s="38"/>
+      <c r="J61" s="38"/>
+      <c r="K61" s="38"/>
+      <c r="L61" s="38"/>
+      <c r="M61" s="38"/>
+      <c r="N61" s="38"/>
+      <c r="O61" s="38"/>
+      <c r="P61" s="38"/>
+      <c r="Q61" s="38"/>
+      <c r="R61" s="39"/>
+    </row>
+    <row r="62" spans="1:18" ht="15.75" customHeight="1"/>
+    <row r="63" spans="1:18" ht="30" customHeight="1">
+      <c r="B63" s="40" t="s">
         <v>31</v>
       </c>
-      <c r="C65" s="52"/>
-[...18 lines deleted...]
-      <c r="AB67" s="30" t="s">
+      <c r="C63" s="41"/>
+      <c r="D63" s="41"/>
+      <c r="E63" s="41"/>
+      <c r="F63" s="41"/>
+      <c r="G63" s="64"/>
+      <c r="H63" s="51"/>
+      <c r="I63" s="51"/>
+      <c r="J63" s="51"/>
+      <c r="K63" s="51"/>
+      <c r="L63" s="51"/>
+      <c r="M63" s="51"/>
+      <c r="N63" s="51"/>
+      <c r="O63" s="51"/>
+      <c r="P63" s="51"/>
+      <c r="Q63" s="51"/>
+      <c r="R63" s="52"/>
+    </row>
+    <row r="64" spans="1:18" ht="30" customHeight="1">
+      <c r="B64" s="42" t="s">
         <v>32</v>
       </c>
-    </row>
-[...942 lines deleted...]
-    <row r="1014" ht="15.75" customHeight="1" x14ac:dyDescent="0.3"/>
+      <c r="C64" s="43"/>
+      <c r="D64" s="44"/>
+      <c r="E64" s="45"/>
+      <c r="F64" s="45"/>
+      <c r="G64" s="64"/>
+      <c r="H64" s="51"/>
+      <c r="I64" s="51"/>
+      <c r="J64" s="51"/>
+      <c r="K64" s="51"/>
+      <c r="L64" s="51"/>
+      <c r="M64" s="51"/>
+      <c r="N64" s="51"/>
+      <c r="O64" s="51"/>
+      <c r="P64" s="51"/>
+      <c r="Q64" s="51"/>
+      <c r="R64" s="52"/>
+    </row>
+    <row r="65" spans="2:28" ht="30" customHeight="1">
+      <c r="B65" s="40" t="s">
+        <v>33</v>
+      </c>
+      <c r="C65" s="41"/>
+      <c r="D65" s="41"/>
+      <c r="E65" s="41"/>
+      <c r="F65" s="41"/>
+      <c r="G65" s="64"/>
+      <c r="H65" s="51"/>
+      <c r="I65" s="51"/>
+      <c r="J65" s="51"/>
+      <c r="K65" s="51"/>
+      <c r="L65" s="51"/>
+      <c r="M65" s="51"/>
+      <c r="N65" s="51"/>
+      <c r="O65" s="51"/>
+      <c r="P65" s="51"/>
+      <c r="Q65" s="51"/>
+      <c r="R65" s="52"/>
+    </row>
+    <row r="66" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="67" spans="2:28" ht="15.75" customHeight="1">
+      <c r="AB67" s="46" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="72" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="73" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="74" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="75" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="76" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="77" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="78" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="79" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="80" spans="2:28" ht="15.75" customHeight="1"/>
+    <row r="81" ht="15.75" customHeight="1"/>
+    <row r="82" ht="15.75" customHeight="1"/>
+    <row r="83" ht="15.75" customHeight="1"/>
+    <row r="84" ht="15.75" customHeight="1"/>
+    <row r="85" ht="15.75" customHeight="1"/>
+    <row r="86" ht="15.75" customHeight="1"/>
+    <row r="87" ht="15.75" customHeight="1"/>
+    <row r="88" ht="15.75" customHeight="1"/>
+    <row r="89" ht="15.75" customHeight="1"/>
+    <row r="90" ht="15.75" customHeight="1"/>
+    <row r="91" ht="15.75" customHeight="1"/>
+    <row r="92" ht="15.75" customHeight="1"/>
+    <row r="93" ht="15.75" customHeight="1"/>
+    <row r="94" ht="15.75" customHeight="1"/>
+    <row r="95" ht="15.75" customHeight="1"/>
+    <row r="96" ht="15.75" customHeight="1"/>
+    <row r="97" ht="15.75" customHeight="1"/>
+    <row r="98" ht="15.75" customHeight="1"/>
+    <row r="99" ht="15.75" customHeight="1"/>
+    <row r="100" ht="15.75" customHeight="1"/>
+    <row r="101" ht="15.75" customHeight="1"/>
+    <row r="102" ht="15.75" customHeight="1"/>
+    <row r="103" ht="15.75" customHeight="1"/>
+    <row r="104" ht="15.75" customHeight="1"/>
+    <row r="105" ht="15.75" customHeight="1"/>
+    <row r="106" ht="15.75" customHeight="1"/>
+    <row r="107" ht="15.75" customHeight="1"/>
+    <row r="108" ht="15.75" customHeight="1"/>
+    <row r="109" ht="15.75" customHeight="1"/>
+    <row r="110" ht="15.75" customHeight="1"/>
+    <row r="111" ht="15.75" customHeight="1"/>
+    <row r="112" ht="15.75" customHeight="1"/>
+    <row r="113" ht="15.75" customHeight="1"/>
+    <row r="114" ht="15.75" customHeight="1"/>
+    <row r="115" ht="15.75" customHeight="1"/>
+    <row r="116" ht="15.75" customHeight="1"/>
+    <row r="117" ht="15.75" customHeight="1"/>
+    <row r="118" ht="15.75" customHeight="1"/>
+    <row r="119" ht="15.75" customHeight="1"/>
+    <row r="120" ht="15.75" customHeight="1"/>
+    <row r="121" ht="15.75" customHeight="1"/>
+    <row r="122" ht="15.75" customHeight="1"/>
+    <row r="123" ht="15.75" customHeight="1"/>
+    <row r="124" ht="15.75" customHeight="1"/>
+    <row r="125" ht="15.75" customHeight="1"/>
+    <row r="126" ht="15.75" customHeight="1"/>
+    <row r="127" ht="15.75" customHeight="1"/>
+    <row r="128" ht="15.75" customHeight="1"/>
+    <row r="129" ht="15.75" customHeight="1"/>
+    <row r="130" ht="15.75" customHeight="1"/>
+    <row r="131" ht="15.75" customHeight="1"/>
+    <row r="132" ht="15.75" customHeight="1"/>
+    <row r="133" ht="15.75" customHeight="1"/>
+    <row r="134" ht="15.75" customHeight="1"/>
+    <row r="135" ht="15.75" customHeight="1"/>
+    <row r="136" ht="15.75" customHeight="1"/>
+    <row r="137" ht="15.75" customHeight="1"/>
+    <row r="138" ht="15.75" customHeight="1"/>
+    <row r="139" ht="15.75" customHeight="1"/>
+    <row r="140" ht="15.75" customHeight="1"/>
+    <row r="141" ht="15.75" customHeight="1"/>
+    <row r="142" ht="15.75" customHeight="1"/>
+    <row r="143" ht="15.75" customHeight="1"/>
+    <row r="144" ht="15.75" customHeight="1"/>
+    <row r="145" ht="15.75" customHeight="1"/>
+    <row r="146" ht="15.75" customHeight="1"/>
+    <row r="147" ht="15.75" customHeight="1"/>
+    <row r="148" ht="15.75" customHeight="1"/>
+    <row r="149" ht="15.75" customHeight="1"/>
+    <row r="150" ht="15.75" customHeight="1"/>
+    <row r="151" ht="15.75" customHeight="1"/>
+    <row r="152" ht="15.75" customHeight="1"/>
+    <row r="153" ht="15.75" customHeight="1"/>
+    <row r="154" ht="15.75" customHeight="1"/>
+    <row r="155" ht="15.75" customHeight="1"/>
+    <row r="156" ht="15.75" customHeight="1"/>
+    <row r="157" ht="15.75" customHeight="1"/>
+    <row r="158" ht="15.75" customHeight="1"/>
+    <row r="159" ht="15.75" customHeight="1"/>
+    <row r="160" ht="15.75" customHeight="1"/>
+    <row r="161" ht="15.75" customHeight="1"/>
+    <row r="162" ht="15.75" customHeight="1"/>
+    <row r="163" ht="15.75" customHeight="1"/>
+    <row r="164" ht="15.75" customHeight="1"/>
+    <row r="165" ht="15.75" customHeight="1"/>
+    <row r="166" ht="15.75" customHeight="1"/>
+    <row r="167" ht="15.75" customHeight="1"/>
+    <row r="168" ht="15.75" customHeight="1"/>
+    <row r="169" ht="15.75" customHeight="1"/>
+    <row r="170" ht="15.75" customHeight="1"/>
+    <row r="171" ht="15.75" customHeight="1"/>
+    <row r="172" ht="15.75" customHeight="1"/>
+    <row r="173" ht="15.75" customHeight="1"/>
+    <row r="174" ht="15.75" customHeight="1"/>
+    <row r="175" ht="15.75" customHeight="1"/>
+    <row r="176" ht="15.75" customHeight="1"/>
+    <row r="177" ht="15.75" customHeight="1"/>
+    <row r="178" ht="15.75" customHeight="1"/>
+    <row r="179" ht="15.75" customHeight="1"/>
+    <row r="180" ht="15.75" customHeight="1"/>
+    <row r="181" ht="15.75" customHeight="1"/>
+    <row r="182" ht="15.75" customHeight="1"/>
+    <row r="183" ht="15.75" customHeight="1"/>
+    <row r="184" ht="15.75" customHeight="1"/>
+    <row r="185" ht="15.75" customHeight="1"/>
+    <row r="186" ht="15.75" customHeight="1"/>
+    <row r="187" ht="15.75" customHeight="1"/>
+    <row r="188" ht="15.75" customHeight="1"/>
+    <row r="189" ht="15.75" customHeight="1"/>
+    <row r="190" ht="15.75" customHeight="1"/>
+    <row r="191" ht="15.75" customHeight="1"/>
+    <row r="192" ht="15.75" customHeight="1"/>
+    <row r="193" ht="15.75" customHeight="1"/>
+    <row r="194" ht="15.75" customHeight="1"/>
+    <row r="195" ht="15.75" customHeight="1"/>
+    <row r="196" ht="15.75" customHeight="1"/>
+    <row r="197" ht="15.75" customHeight="1"/>
+    <row r="198" ht="15.75" customHeight="1"/>
+    <row r="199" ht="15.75" customHeight="1"/>
+    <row r="200" ht="15.75" customHeight="1"/>
+    <row r="201" ht="15.75" customHeight="1"/>
+    <row r="202" ht="15.75" customHeight="1"/>
+    <row r="203" ht="15.75" customHeight="1"/>
+    <row r="204" ht="15.75" customHeight="1"/>
+    <row r="205" ht="15.75" customHeight="1"/>
+    <row r="206" ht="15.75" customHeight="1"/>
+    <row r="207" ht="15.75" customHeight="1"/>
+    <row r="208" ht="15.75" customHeight="1"/>
+    <row r="209" ht="15.75" customHeight="1"/>
+    <row r="210" ht="15.75" customHeight="1"/>
+    <row r="211" ht="15.75" customHeight="1"/>
+    <row r="212" ht="15.75" customHeight="1"/>
+    <row r="213" ht="15.75" customHeight="1"/>
+    <row r="214" ht="15.75" customHeight="1"/>
+    <row r="215" ht="15.75" customHeight="1"/>
+    <row r="216" ht="15.75" customHeight="1"/>
+    <row r="217" ht="15.75" customHeight="1"/>
+    <row r="218" ht="15.75" customHeight="1"/>
+    <row r="219" ht="15.75" customHeight="1"/>
+    <row r="220" ht="15.75" customHeight="1"/>
+    <row r="221" ht="15.75" customHeight="1"/>
+    <row r="222" ht="15.75" customHeight="1"/>
+    <row r="223" ht="15.75" customHeight="1"/>
+    <row r="224" ht="15.75" customHeight="1"/>
+    <row r="225" ht="15.75" customHeight="1"/>
+    <row r="226" ht="15.75" customHeight="1"/>
+    <row r="227" ht="15.75" customHeight="1"/>
+    <row r="228" ht="15.75" customHeight="1"/>
+    <row r="229" ht="15.75" customHeight="1"/>
+    <row r="230" ht="15.75" customHeight="1"/>
+    <row r="231" ht="15.75" customHeight="1"/>
+    <row r="232" ht="15.75" customHeight="1"/>
+    <row r="233" ht="15.75" customHeight="1"/>
+    <row r="234" ht="15.75" customHeight="1"/>
+    <row r="235" ht="15.75" customHeight="1"/>
+    <row r="236" ht="15.75" customHeight="1"/>
+    <row r="237" ht="15.75" customHeight="1"/>
+    <row r="238" ht="15.75" customHeight="1"/>
+    <row r="239" ht="15.75" customHeight="1"/>
+    <row r="240" ht="15.75" customHeight="1"/>
+    <row r="241" ht="15.75" customHeight="1"/>
+    <row r="242" ht="15.75" customHeight="1"/>
+    <row r="243" ht="15.75" customHeight="1"/>
+    <row r="244" ht="15.75" customHeight="1"/>
+    <row r="245" ht="15.75" customHeight="1"/>
+    <row r="246" ht="15.75" customHeight="1"/>
+    <row r="247" ht="15.75" customHeight="1"/>
+    <row r="248" ht="15.75" customHeight="1"/>
+    <row r="249" ht="15.75" customHeight="1"/>
+    <row r="250" ht="15.75" customHeight="1"/>
+    <row r="251" ht="15.75" customHeight="1"/>
+    <row r="252" ht="15.75" customHeight="1"/>
+    <row r="253" ht="15.75" customHeight="1"/>
+    <row r="254" ht="15.75" customHeight="1"/>
+    <row r="255" ht="15.75" customHeight="1"/>
+    <row r="256" ht="15.75" customHeight="1"/>
+    <row r="257" ht="15.75" customHeight="1"/>
+    <row r="258" ht="15.75" customHeight="1"/>
+    <row r="259" ht="15.75" customHeight="1"/>
+    <row r="260" ht="15.75" customHeight="1"/>
+    <row r="261" ht="15.75" customHeight="1"/>
+    <row r="262" ht="15.75" customHeight="1"/>
+    <row r="263" ht="15.75" customHeight="1"/>
+    <row r="264" ht="15.75" customHeight="1"/>
+    <row r="265" ht="15.75" customHeight="1"/>
+    <row r="266" ht="15.75" customHeight="1"/>
+    <row r="267" ht="15.75" customHeight="1"/>
+    <row r="268" ht="15.75" customHeight="1"/>
+    <row r="269" ht="15.75" customHeight="1"/>
+    <row r="270" ht="15.75" customHeight="1"/>
+    <row r="271" ht="15.75" customHeight="1"/>
+    <row r="272" ht="15.75" customHeight="1"/>
+    <row r="273" ht="15.75" customHeight="1"/>
+    <row r="274" ht="15.75" customHeight="1"/>
+    <row r="275" ht="15.75" customHeight="1"/>
+    <row r="276" ht="15.75" customHeight="1"/>
+    <row r="277" ht="15.75" customHeight="1"/>
+    <row r="278" ht="15.75" customHeight="1"/>
+    <row r="279" ht="15.75" customHeight="1"/>
+    <row r="280" ht="15.75" customHeight="1"/>
+    <row r="281" ht="15.75" customHeight="1"/>
+    <row r="282" ht="15.75" customHeight="1"/>
+    <row r="283" ht="15.75" customHeight="1"/>
+    <row r="284" ht="15.75" customHeight="1"/>
+    <row r="285" ht="15.75" customHeight="1"/>
+    <row r="286" ht="15.75" customHeight="1"/>
+    <row r="287" ht="15.75" customHeight="1"/>
+    <row r="288" ht="15.75" customHeight="1"/>
+    <row r="289" ht="15.75" customHeight="1"/>
+    <row r="290" ht="15.75" customHeight="1"/>
+    <row r="291" ht="15.75" customHeight="1"/>
+    <row r="292" ht="15.75" customHeight="1"/>
+    <row r="293" ht="15.75" customHeight="1"/>
+    <row r="294" ht="15.75" customHeight="1"/>
+    <row r="295" ht="15.75" customHeight="1"/>
+    <row r="296" ht="15.75" customHeight="1"/>
+    <row r="297" ht="15.75" customHeight="1"/>
+    <row r="298" ht="15.75" customHeight="1"/>
+    <row r="299" ht="15.75" customHeight="1"/>
+    <row r="300" ht="15.75" customHeight="1"/>
+    <row r="301" ht="15.75" customHeight="1"/>
+    <row r="302" ht="15.75" customHeight="1"/>
+    <row r="303" ht="15.75" customHeight="1"/>
+    <row r="304" ht="15.75" customHeight="1"/>
+    <row r="305" ht="15.75" customHeight="1"/>
+    <row r="306" ht="15.75" customHeight="1"/>
+    <row r="307" ht="15.75" customHeight="1"/>
+    <row r="308" ht="15.75" customHeight="1"/>
+    <row r="309" ht="15.75" customHeight="1"/>
+    <row r="310" ht="15.75" customHeight="1"/>
+    <row r="311" ht="15.75" customHeight="1"/>
+    <row r="312" ht="15.75" customHeight="1"/>
+    <row r="313" ht="15.75" customHeight="1"/>
+    <row r="314" ht="15.75" customHeight="1"/>
+    <row r="315" ht="15.75" customHeight="1"/>
+    <row r="316" ht="15.75" customHeight="1"/>
+    <row r="317" ht="15.75" customHeight="1"/>
+    <row r="318" ht="15.75" customHeight="1"/>
+    <row r="319" ht="15.75" customHeight="1"/>
+    <row r="320" ht="15.75" customHeight="1"/>
+    <row r="321" ht="15.75" customHeight="1"/>
+    <row r="322" ht="15.75" customHeight="1"/>
+    <row r="323" ht="15.75" customHeight="1"/>
+    <row r="324" ht="15.75" customHeight="1"/>
+    <row r="325" ht="15.75" customHeight="1"/>
+    <row r="326" ht="15.75" customHeight="1"/>
+    <row r="327" ht="15.75" customHeight="1"/>
+    <row r="328" ht="15.75" customHeight="1"/>
+    <row r="329" ht="15.75" customHeight="1"/>
+    <row r="330" ht="15.75" customHeight="1"/>
+    <row r="331" ht="15.75" customHeight="1"/>
+    <row r="332" ht="15.75" customHeight="1"/>
+    <row r="333" ht="15.75" customHeight="1"/>
+    <row r="334" ht="15.75" customHeight="1"/>
+    <row r="335" ht="15.75" customHeight="1"/>
+    <row r="336" ht="15.75" customHeight="1"/>
+    <row r="337" ht="15.75" customHeight="1"/>
+    <row r="338" ht="15.75" customHeight="1"/>
+    <row r="339" ht="15.75" customHeight="1"/>
+    <row r="340" ht="15.75" customHeight="1"/>
+    <row r="341" ht="15.75" customHeight="1"/>
+    <row r="342" ht="15.75" customHeight="1"/>
+    <row r="343" ht="15.75" customHeight="1"/>
+    <row r="344" ht="15.75" customHeight="1"/>
+    <row r="345" ht="15.75" customHeight="1"/>
+    <row r="346" ht="15.75" customHeight="1"/>
+    <row r="347" ht="15.75" customHeight="1"/>
+    <row r="348" ht="15.75" customHeight="1"/>
+    <row r="349" ht="15.75" customHeight="1"/>
+    <row r="350" ht="15.75" customHeight="1"/>
+    <row r="351" ht="15.75" customHeight="1"/>
+    <row r="352" ht="15.75" customHeight="1"/>
+    <row r="353" ht="15.75" customHeight="1"/>
+    <row r="354" ht="15.75" customHeight="1"/>
+    <row r="355" ht="15.75" customHeight="1"/>
+    <row r="356" ht="15.75" customHeight="1"/>
+    <row r="357" ht="15.75" customHeight="1"/>
+    <row r="358" ht="15.75" customHeight="1"/>
+    <row r="359" ht="15.75" customHeight="1"/>
+    <row r="360" ht="15.75" customHeight="1"/>
+    <row r="361" ht="15.75" customHeight="1"/>
+    <row r="362" ht="15.75" customHeight="1"/>
+    <row r="363" ht="15.75" customHeight="1"/>
+    <row r="364" ht="15.75" customHeight="1"/>
+    <row r="365" ht="15.75" customHeight="1"/>
+    <row r="366" ht="15.75" customHeight="1"/>
+    <row r="367" ht="15.75" customHeight="1"/>
+    <row r="368" ht="15.75" customHeight="1"/>
+    <row r="369" ht="15.75" customHeight="1"/>
+    <row r="370" ht="15.75" customHeight="1"/>
+    <row r="371" ht="15.75" customHeight="1"/>
+    <row r="372" ht="15.75" customHeight="1"/>
+    <row r="373" ht="15.75" customHeight="1"/>
+    <row r="374" ht="15.75" customHeight="1"/>
+    <row r="375" ht="15.75" customHeight="1"/>
+    <row r="376" ht="15.75" customHeight="1"/>
+    <row r="377" ht="15.75" customHeight="1"/>
+    <row r="378" ht="15.75" customHeight="1"/>
+    <row r="379" ht="15.75" customHeight="1"/>
+    <row r="380" ht="15.75" customHeight="1"/>
+    <row r="381" ht="15.75" customHeight="1"/>
+    <row r="382" ht="15.75" customHeight="1"/>
+    <row r="383" ht="15.75" customHeight="1"/>
+    <row r="384" ht="15.75" customHeight="1"/>
+    <row r="385" ht="15.75" customHeight="1"/>
+    <row r="386" ht="15.75" customHeight="1"/>
+    <row r="387" ht="15.75" customHeight="1"/>
+    <row r="388" ht="15.75" customHeight="1"/>
+    <row r="389" ht="15.75" customHeight="1"/>
+    <row r="390" ht="15.75" customHeight="1"/>
+    <row r="391" ht="15.75" customHeight="1"/>
+    <row r="392" ht="15.75" customHeight="1"/>
+    <row r="393" ht="15.75" customHeight="1"/>
+    <row r="394" ht="15.75" customHeight="1"/>
+    <row r="395" ht="15.75" customHeight="1"/>
+    <row r="396" ht="15.75" customHeight="1"/>
+    <row r="397" ht="15.75" customHeight="1"/>
+    <row r="398" ht="15.75" customHeight="1"/>
+    <row r="399" ht="15.75" customHeight="1"/>
+    <row r="400" ht="15.75" customHeight="1"/>
+    <row r="401" ht="15.75" customHeight="1"/>
+    <row r="402" ht="15.75" customHeight="1"/>
+    <row r="403" ht="15.75" customHeight="1"/>
+    <row r="404" ht="15.75" customHeight="1"/>
+    <row r="405" ht="15.75" customHeight="1"/>
+    <row r="406" ht="15.75" customHeight="1"/>
+    <row r="407" ht="15.75" customHeight="1"/>
+    <row r="408" ht="15.75" customHeight="1"/>
+    <row r="409" ht="15.75" customHeight="1"/>
+    <row r="410" ht="15.75" customHeight="1"/>
+    <row r="411" ht="15.75" customHeight="1"/>
+    <row r="412" ht="15.75" customHeight="1"/>
+    <row r="413" ht="15.75" customHeight="1"/>
+    <row r="414" ht="15.75" customHeight="1"/>
+    <row r="415" ht="15.75" customHeight="1"/>
+    <row r="416" ht="15.75" customHeight="1"/>
+    <row r="417" ht="15.75" customHeight="1"/>
+    <row r="418" ht="15.75" customHeight="1"/>
+    <row r="419" ht="15.75" customHeight="1"/>
+    <row r="420" ht="15.75" customHeight="1"/>
+    <row r="421" ht="15.75" customHeight="1"/>
+    <row r="422" ht="15.75" customHeight="1"/>
+    <row r="423" ht="15.75" customHeight="1"/>
+    <row r="424" ht="15.75" customHeight="1"/>
+    <row r="425" ht="15.75" customHeight="1"/>
+    <row r="426" ht="15.75" customHeight="1"/>
+    <row r="427" ht="15.75" customHeight="1"/>
+    <row r="428" ht="15.75" customHeight="1"/>
+    <row r="429" ht="15.75" customHeight="1"/>
+    <row r="430" ht="15.75" customHeight="1"/>
+    <row r="431" ht="15.75" customHeight="1"/>
+    <row r="432" ht="15.75" customHeight="1"/>
+    <row r="433" ht="15.75" customHeight="1"/>
+    <row r="434" ht="15.75" customHeight="1"/>
+    <row r="435" ht="15.75" customHeight="1"/>
+    <row r="436" ht="15.75" customHeight="1"/>
+    <row r="437" ht="15.75" customHeight="1"/>
+    <row r="438" ht="15.75" customHeight="1"/>
+    <row r="439" ht="15.75" customHeight="1"/>
+    <row r="440" ht="15.75" customHeight="1"/>
+    <row r="441" ht="15.75" customHeight="1"/>
+    <row r="442" ht="15.75" customHeight="1"/>
+    <row r="443" ht="15.75" customHeight="1"/>
+    <row r="444" ht="15.75" customHeight="1"/>
+    <row r="445" ht="15.75" customHeight="1"/>
+    <row r="446" ht="15.75" customHeight="1"/>
+    <row r="447" ht="15.75" customHeight="1"/>
+    <row r="448" ht="15.75" customHeight="1"/>
+    <row r="449" ht="15.75" customHeight="1"/>
+    <row r="450" ht="15.75" customHeight="1"/>
+    <row r="451" ht="15.75" customHeight="1"/>
+    <row r="452" ht="15.75" customHeight="1"/>
+    <row r="453" ht="15.75" customHeight="1"/>
+    <row r="454" ht="15.75" customHeight="1"/>
+    <row r="455" ht="15.75" customHeight="1"/>
+    <row r="456" ht="15.75" customHeight="1"/>
+    <row r="457" ht="15.75" customHeight="1"/>
+    <row r="458" ht="15.75" customHeight="1"/>
+    <row r="459" ht="15.75" customHeight="1"/>
+    <row r="460" ht="15.75" customHeight="1"/>
+    <row r="461" ht="15.75" customHeight="1"/>
+    <row r="462" ht="15.75" customHeight="1"/>
+    <row r="463" ht="15.75" customHeight="1"/>
+    <row r="464" ht="15.75" customHeight="1"/>
+    <row r="465" ht="15.75" customHeight="1"/>
+    <row r="466" ht="15.75" customHeight="1"/>
+    <row r="467" ht="15.75" customHeight="1"/>
+    <row r="468" ht="15.75" customHeight="1"/>
+    <row r="469" ht="15.75" customHeight="1"/>
+    <row r="470" ht="15.75" customHeight="1"/>
+    <row r="471" ht="15.75" customHeight="1"/>
+    <row r="472" ht="15.75" customHeight="1"/>
+    <row r="473" ht="15.75" customHeight="1"/>
+    <row r="474" ht="15.75" customHeight="1"/>
+    <row r="475" ht="15.75" customHeight="1"/>
+    <row r="476" ht="15.75" customHeight="1"/>
+    <row r="477" ht="15.75" customHeight="1"/>
+    <row r="478" ht="15.75" customHeight="1"/>
+    <row r="479" ht="15.75" customHeight="1"/>
+    <row r="480" ht="15.75" customHeight="1"/>
+    <row r="481" ht="15.75" customHeight="1"/>
+    <row r="482" ht="15.75" customHeight="1"/>
+    <row r="483" ht="15.75" customHeight="1"/>
+    <row r="484" ht="15.75" customHeight="1"/>
+    <row r="485" ht="15.75" customHeight="1"/>
+    <row r="486" ht="15.75" customHeight="1"/>
+    <row r="487" ht="15.75" customHeight="1"/>
+    <row r="488" ht="15.75" customHeight="1"/>
+    <row r="489" ht="15.75" customHeight="1"/>
+    <row r="490" ht="15.75" customHeight="1"/>
+    <row r="491" ht="15.75" customHeight="1"/>
+    <row r="492" ht="15.75" customHeight="1"/>
+    <row r="493" ht="15.75" customHeight="1"/>
+    <row r="494" ht="15.75" customHeight="1"/>
+    <row r="495" ht="15.75" customHeight="1"/>
+    <row r="496" ht="15.75" customHeight="1"/>
+    <row r="497" ht="15.75" customHeight="1"/>
+    <row r="498" ht="15.75" customHeight="1"/>
+    <row r="499" ht="15.75" customHeight="1"/>
+    <row r="500" ht="15.75" customHeight="1"/>
+    <row r="501" ht="15.75" customHeight="1"/>
+    <row r="502" ht="15.75" customHeight="1"/>
+    <row r="503" ht="15.75" customHeight="1"/>
+    <row r="504" ht="15.75" customHeight="1"/>
+    <row r="505" ht="15.75" customHeight="1"/>
+    <row r="506" ht="15.75" customHeight="1"/>
+    <row r="507" ht="15.75" customHeight="1"/>
+    <row r="508" ht="15.75" customHeight="1"/>
+    <row r="509" ht="15.75" customHeight="1"/>
+    <row r="510" ht="15.75" customHeight="1"/>
+    <row r="511" ht="15.75" customHeight="1"/>
+    <row r="512" ht="15.75" customHeight="1"/>
+    <row r="513" ht="15.75" customHeight="1"/>
+    <row r="514" ht="15.75" customHeight="1"/>
+    <row r="515" ht="15.75" customHeight="1"/>
+    <row r="516" ht="15.75" customHeight="1"/>
+    <row r="517" ht="15.75" customHeight="1"/>
+    <row r="518" ht="15.75" customHeight="1"/>
+    <row r="519" ht="15.75" customHeight="1"/>
+    <row r="520" ht="15.75" customHeight="1"/>
+    <row r="521" ht="15.75" customHeight="1"/>
+    <row r="522" ht="15.75" customHeight="1"/>
+    <row r="523" ht="15.75" customHeight="1"/>
+    <row r="524" ht="15.75" customHeight="1"/>
+    <row r="525" ht="15.75" customHeight="1"/>
+    <row r="526" ht="15.75" customHeight="1"/>
+    <row r="527" ht="15.75" customHeight="1"/>
+    <row r="528" ht="15.75" customHeight="1"/>
+    <row r="529" ht="15.75" customHeight="1"/>
+    <row r="530" ht="15.75" customHeight="1"/>
+    <row r="531" ht="15.75" customHeight="1"/>
+    <row r="532" ht="15.75" customHeight="1"/>
+    <row r="533" ht="15.75" customHeight="1"/>
+    <row r="534" ht="15.75" customHeight="1"/>
+    <row r="535" ht="15.75" customHeight="1"/>
+    <row r="536" ht="15.75" customHeight="1"/>
+    <row r="537" ht="15.75" customHeight="1"/>
+    <row r="538" ht="15.75" customHeight="1"/>
+    <row r="539" ht="15.75" customHeight="1"/>
+    <row r="540" ht="15.75" customHeight="1"/>
+    <row r="541" ht="15.75" customHeight="1"/>
+    <row r="542" ht="15.75" customHeight="1"/>
+    <row r="543" ht="15.75" customHeight="1"/>
+    <row r="544" ht="15.75" customHeight="1"/>
+    <row r="545" ht="15.75" customHeight="1"/>
+    <row r="546" ht="15.75" customHeight="1"/>
+    <row r="547" ht="15.75" customHeight="1"/>
+    <row r="548" ht="15.75" customHeight="1"/>
+    <row r="549" ht="15.75" customHeight="1"/>
+    <row r="550" ht="15.75" customHeight="1"/>
+    <row r="551" ht="15.75" customHeight="1"/>
+    <row r="552" ht="15.75" customHeight="1"/>
+    <row r="553" ht="15.75" customHeight="1"/>
+    <row r="554" ht="15.75" customHeight="1"/>
+    <row r="555" ht="15.75" customHeight="1"/>
+    <row r="556" ht="15.75" customHeight="1"/>
+    <row r="557" ht="15.75" customHeight="1"/>
+    <row r="558" ht="15.75" customHeight="1"/>
+    <row r="559" ht="15.75" customHeight="1"/>
+    <row r="560" ht="15.75" customHeight="1"/>
+    <row r="561" ht="15.75" customHeight="1"/>
+    <row r="562" ht="15.75" customHeight="1"/>
+    <row r="563" ht="15.75" customHeight="1"/>
+    <row r="564" ht="15.75" customHeight="1"/>
+    <row r="565" ht="15.75" customHeight="1"/>
+    <row r="566" ht="15.75" customHeight="1"/>
+    <row r="567" ht="15.75" customHeight="1"/>
+    <row r="568" ht="15.75" customHeight="1"/>
+    <row r="569" ht="15.75" customHeight="1"/>
+    <row r="570" ht="15.75" customHeight="1"/>
+    <row r="571" ht="15.75" customHeight="1"/>
+    <row r="572" ht="15.75" customHeight="1"/>
+    <row r="573" ht="15.75" customHeight="1"/>
+    <row r="574" ht="15.75" customHeight="1"/>
+    <row r="575" ht="15.75" customHeight="1"/>
+    <row r="576" ht="15.75" customHeight="1"/>
+    <row r="577" ht="15.75" customHeight="1"/>
+    <row r="578" ht="15.75" customHeight="1"/>
+    <row r="579" ht="15.75" customHeight="1"/>
+    <row r="580" ht="15.75" customHeight="1"/>
+    <row r="581" ht="15.75" customHeight="1"/>
+    <row r="582" ht="15.75" customHeight="1"/>
+    <row r="583" ht="15.75" customHeight="1"/>
+    <row r="584" ht="15.75" customHeight="1"/>
+    <row r="585" ht="15.75" customHeight="1"/>
+    <row r="586" ht="15.75" customHeight="1"/>
+    <row r="587" ht="15.75" customHeight="1"/>
+    <row r="588" ht="15.75" customHeight="1"/>
+    <row r="589" ht="15.75" customHeight="1"/>
+    <row r="590" ht="15.75" customHeight="1"/>
+    <row r="591" ht="15.75" customHeight="1"/>
+    <row r="592" ht="15.75" customHeight="1"/>
+    <row r="593" ht="15.75" customHeight="1"/>
+    <row r="594" ht="15.75" customHeight="1"/>
+    <row r="595" ht="15.75" customHeight="1"/>
+    <row r="596" ht="15.75" customHeight="1"/>
+    <row r="597" ht="15.75" customHeight="1"/>
+    <row r="598" ht="15.75" customHeight="1"/>
+    <row r="599" ht="15.75" customHeight="1"/>
+    <row r="600" ht="15.75" customHeight="1"/>
+    <row r="601" ht="15.75" customHeight="1"/>
+    <row r="602" ht="15.75" customHeight="1"/>
+    <row r="603" ht="15.75" customHeight="1"/>
+    <row r="604" ht="15.75" customHeight="1"/>
+    <row r="605" ht="15.75" customHeight="1"/>
+    <row r="606" ht="15.75" customHeight="1"/>
+    <row r="607" ht="15.75" customHeight="1"/>
+    <row r="608" ht="15.75" customHeight="1"/>
+    <row r="609" ht="15.75" customHeight="1"/>
+    <row r="610" ht="15.75" customHeight="1"/>
+    <row r="611" ht="15.75" customHeight="1"/>
+    <row r="612" ht="15.75" customHeight="1"/>
+    <row r="613" ht="15.75" customHeight="1"/>
+    <row r="614" ht="15.75" customHeight="1"/>
+    <row r="615" ht="15.75" customHeight="1"/>
+    <row r="616" ht="15.75" customHeight="1"/>
+    <row r="617" ht="15.75" customHeight="1"/>
+    <row r="618" ht="15.75" customHeight="1"/>
+    <row r="619" ht="15.75" customHeight="1"/>
+    <row r="620" ht="15.75" customHeight="1"/>
+    <row r="621" ht="15.75" customHeight="1"/>
+    <row r="622" ht="15.75" customHeight="1"/>
+    <row r="623" ht="15.75" customHeight="1"/>
+    <row r="624" ht="15.75" customHeight="1"/>
+    <row r="625" ht="15.75" customHeight="1"/>
+    <row r="626" ht="15.75" customHeight="1"/>
+    <row r="627" ht="15.75" customHeight="1"/>
+    <row r="628" ht="15.75" customHeight="1"/>
+    <row r="629" ht="15.75" customHeight="1"/>
+    <row r="630" ht="15.75" customHeight="1"/>
+    <row r="631" ht="15.75" customHeight="1"/>
+    <row r="632" ht="15.75" customHeight="1"/>
+    <row r="633" ht="15.75" customHeight="1"/>
+    <row r="634" ht="15.75" customHeight="1"/>
+    <row r="635" ht="15.75" customHeight="1"/>
+    <row r="636" ht="15.75" customHeight="1"/>
+    <row r="637" ht="15.75" customHeight="1"/>
+    <row r="638" ht="15.75" customHeight="1"/>
+    <row r="639" ht="15.75" customHeight="1"/>
+    <row r="640" ht="15.75" customHeight="1"/>
+    <row r="641" ht="15.75" customHeight="1"/>
+    <row r="642" ht="15.75" customHeight="1"/>
+    <row r="643" ht="15.75" customHeight="1"/>
+    <row r="644" ht="15.75" customHeight="1"/>
+    <row r="645" ht="15.75" customHeight="1"/>
+    <row r="646" ht="15.75" customHeight="1"/>
+    <row r="647" ht="15.75" customHeight="1"/>
+    <row r="648" ht="15.75" customHeight="1"/>
+    <row r="649" ht="15.75" customHeight="1"/>
+    <row r="650" ht="15.75" customHeight="1"/>
+    <row r="651" ht="15.75" customHeight="1"/>
+    <row r="652" ht="15.75" customHeight="1"/>
+    <row r="653" ht="15.75" customHeight="1"/>
+    <row r="654" ht="15.75" customHeight="1"/>
+    <row r="655" ht="15.75" customHeight="1"/>
+    <row r="656" ht="15.75" customHeight="1"/>
+    <row r="657" ht="15.75" customHeight="1"/>
+    <row r="658" ht="15.75" customHeight="1"/>
+    <row r="659" ht="15.75" customHeight="1"/>
+    <row r="660" ht="15.75" customHeight="1"/>
+    <row r="661" ht="15.75" customHeight="1"/>
+    <row r="662" ht="15.75" customHeight="1"/>
+    <row r="663" ht="15.75" customHeight="1"/>
+    <row r="664" ht="15.75" customHeight="1"/>
+    <row r="665" ht="15.75" customHeight="1"/>
+    <row r="666" ht="15.75" customHeight="1"/>
+    <row r="667" ht="15.75" customHeight="1"/>
+    <row r="668" ht="15.75" customHeight="1"/>
+    <row r="669" ht="15.75" customHeight="1"/>
+    <row r="670" ht="15.75" customHeight="1"/>
+    <row r="671" ht="15.75" customHeight="1"/>
+    <row r="672" ht="15.75" customHeight="1"/>
+    <row r="673" ht="15.75" customHeight="1"/>
+    <row r="674" ht="15.75" customHeight="1"/>
+    <row r="675" ht="15.75" customHeight="1"/>
+    <row r="676" ht="15.75" customHeight="1"/>
+    <row r="677" ht="15.75" customHeight="1"/>
+    <row r="678" ht="15.75" customHeight="1"/>
+    <row r="679" ht="15.75" customHeight="1"/>
+    <row r="680" ht="15.75" customHeight="1"/>
+    <row r="681" ht="15.75" customHeight="1"/>
+    <row r="682" ht="15.75" customHeight="1"/>
+    <row r="683" ht="15.75" customHeight="1"/>
+    <row r="684" ht="15.75" customHeight="1"/>
+    <row r="685" ht="15.75" customHeight="1"/>
+    <row r="686" ht="15.75" customHeight="1"/>
+    <row r="687" ht="15.75" customHeight="1"/>
+    <row r="688" ht="15.75" customHeight="1"/>
+    <row r="689" ht="15.75" customHeight="1"/>
+    <row r="690" ht="15.75" customHeight="1"/>
+    <row r="691" ht="15.75" customHeight="1"/>
+    <row r="692" ht="15.75" customHeight="1"/>
+    <row r="693" ht="15.75" customHeight="1"/>
+    <row r="694" ht="15.75" customHeight="1"/>
+    <row r="695" ht="15.75" customHeight="1"/>
+    <row r="696" ht="15.75" customHeight="1"/>
+    <row r="697" ht="15.75" customHeight="1"/>
+    <row r="698" ht="15.75" customHeight="1"/>
+    <row r="699" ht="15.75" customHeight="1"/>
+    <row r="700" ht="15.75" customHeight="1"/>
+    <row r="701" ht="15.75" customHeight="1"/>
+    <row r="702" ht="15.75" customHeight="1"/>
+    <row r="703" ht="15.75" customHeight="1"/>
+    <row r="704" ht="15.75" customHeight="1"/>
+    <row r="705" ht="15.75" customHeight="1"/>
+    <row r="706" ht="15.75" customHeight="1"/>
+    <row r="707" ht="15.75" customHeight="1"/>
+    <row r="708" ht="15.75" customHeight="1"/>
+    <row r="709" ht="15.75" customHeight="1"/>
+    <row r="710" ht="15.75" customHeight="1"/>
+    <row r="711" ht="15.75" customHeight="1"/>
+    <row r="712" ht="15.75" customHeight="1"/>
+    <row r="713" ht="15.75" customHeight="1"/>
+    <row r="714" ht="15.75" customHeight="1"/>
+    <row r="715" ht="15.75" customHeight="1"/>
+    <row r="716" ht="15.75" customHeight="1"/>
+    <row r="717" ht="15.75" customHeight="1"/>
+    <row r="718" ht="15.75" customHeight="1"/>
+    <row r="719" ht="15.75" customHeight="1"/>
+    <row r="720" ht="15.75" customHeight="1"/>
+    <row r="721" ht="15.75" customHeight="1"/>
+    <row r="722" ht="15.75" customHeight="1"/>
+    <row r="723" ht="15.75" customHeight="1"/>
+    <row r="724" ht="15.75" customHeight="1"/>
+    <row r="725" ht="15.75" customHeight="1"/>
+    <row r="726" ht="15.75" customHeight="1"/>
+    <row r="727" ht="15.75" customHeight="1"/>
+    <row r="728" ht="15.75" customHeight="1"/>
+    <row r="729" ht="15.75" customHeight="1"/>
+    <row r="730" ht="15.75" customHeight="1"/>
+    <row r="731" ht="15.75" customHeight="1"/>
+    <row r="732" ht="15.75" customHeight="1"/>
+    <row r="733" ht="15.75" customHeight="1"/>
+    <row r="734" ht="15.75" customHeight="1"/>
+    <row r="735" ht="15.75" customHeight="1"/>
+    <row r="736" ht="15.75" customHeight="1"/>
+    <row r="737" ht="15.75" customHeight="1"/>
+    <row r="738" ht="15.75" customHeight="1"/>
+    <row r="739" ht="15.75" customHeight="1"/>
+    <row r="740" ht="15.75" customHeight="1"/>
+    <row r="741" ht="15.75" customHeight="1"/>
+    <row r="742" ht="15.75" customHeight="1"/>
+    <row r="743" ht="15.75" customHeight="1"/>
+    <row r="744" ht="15.75" customHeight="1"/>
+    <row r="745" ht="15.75" customHeight="1"/>
+    <row r="746" ht="15.75" customHeight="1"/>
+    <row r="747" ht="15.75" customHeight="1"/>
+    <row r="748" ht="15.75" customHeight="1"/>
+    <row r="749" ht="15.75" customHeight="1"/>
+    <row r="750" ht="15.75" customHeight="1"/>
+    <row r="751" ht="15.75" customHeight="1"/>
+    <row r="752" ht="15.75" customHeight="1"/>
+    <row r="753" ht="15.75" customHeight="1"/>
+    <row r="754" ht="15.75" customHeight="1"/>
+    <row r="755" ht="15.75" customHeight="1"/>
+    <row r="756" ht="15.75" customHeight="1"/>
+    <row r="757" ht="15.75" customHeight="1"/>
+    <row r="758" ht="15.75" customHeight="1"/>
+    <row r="759" ht="15.75" customHeight="1"/>
+    <row r="760" ht="15.75" customHeight="1"/>
+    <row r="761" ht="15.75" customHeight="1"/>
+    <row r="762" ht="15.75" customHeight="1"/>
+    <row r="763" ht="15.75" customHeight="1"/>
+    <row r="764" ht="15.75" customHeight="1"/>
+    <row r="765" ht="15.75" customHeight="1"/>
+    <row r="766" ht="15.75" customHeight="1"/>
+    <row r="767" ht="15.75" customHeight="1"/>
+    <row r="768" ht="15.75" customHeight="1"/>
+    <row r="769" ht="15.75" customHeight="1"/>
+    <row r="770" ht="15.75" customHeight="1"/>
+    <row r="771" ht="15.75" customHeight="1"/>
+    <row r="772" ht="15.75" customHeight="1"/>
+    <row r="773" ht="15.75" customHeight="1"/>
+    <row r="774" ht="15.75" customHeight="1"/>
+    <row r="775" ht="15.75" customHeight="1"/>
+    <row r="776" ht="15.75" customHeight="1"/>
+    <row r="777" ht="15.75" customHeight="1"/>
+    <row r="778" ht="15.75" customHeight="1"/>
+    <row r="779" ht="15.75" customHeight="1"/>
+    <row r="780" ht="15.75" customHeight="1"/>
+    <row r="781" ht="15.75" customHeight="1"/>
+    <row r="782" ht="15.75" customHeight="1"/>
+    <row r="783" ht="15.75" customHeight="1"/>
+    <row r="784" ht="15.75" customHeight="1"/>
+    <row r="785" ht="15.75" customHeight="1"/>
+    <row r="786" ht="15.75" customHeight="1"/>
+    <row r="787" ht="15.75" customHeight="1"/>
+    <row r="788" ht="15.75" customHeight="1"/>
+    <row r="789" ht="15.75" customHeight="1"/>
+    <row r="790" ht="15.75" customHeight="1"/>
+    <row r="791" ht="15.75" customHeight="1"/>
+    <row r="792" ht="15.75" customHeight="1"/>
+    <row r="793" ht="15.75" customHeight="1"/>
+    <row r="794" ht="15.75" customHeight="1"/>
+    <row r="795" ht="15.75" customHeight="1"/>
+    <row r="796" ht="15.75" customHeight="1"/>
+    <row r="797" ht="15.75" customHeight="1"/>
+    <row r="798" ht="15.75" customHeight="1"/>
+    <row r="799" ht="15.75" customHeight="1"/>
+    <row r="800" ht="15.75" customHeight="1"/>
+    <row r="801" ht="15.75" customHeight="1"/>
+    <row r="802" ht="15.75" customHeight="1"/>
+    <row r="803" ht="15.75" customHeight="1"/>
+    <row r="804" ht="15.75" customHeight="1"/>
+    <row r="805" ht="15.75" customHeight="1"/>
+    <row r="806" ht="15.75" customHeight="1"/>
+    <row r="807" ht="15.75" customHeight="1"/>
+    <row r="808" ht="15.75" customHeight="1"/>
+    <row r="809" ht="15.75" customHeight="1"/>
+    <row r="810" ht="15.75" customHeight="1"/>
+    <row r="811" ht="15.75" customHeight="1"/>
+    <row r="812" ht="15.75" customHeight="1"/>
+    <row r="813" ht="15.75" customHeight="1"/>
+    <row r="814" ht="15.75" customHeight="1"/>
+    <row r="815" ht="15.75" customHeight="1"/>
+    <row r="816" ht="15.75" customHeight="1"/>
+    <row r="817" ht="15.75" customHeight="1"/>
+    <row r="818" ht="15.75" customHeight="1"/>
+    <row r="819" ht="15.75" customHeight="1"/>
+    <row r="820" ht="15.75" customHeight="1"/>
+    <row r="821" ht="15.75" customHeight="1"/>
+    <row r="822" ht="15.75" customHeight="1"/>
+    <row r="823" ht="15.75" customHeight="1"/>
+    <row r="824" ht="15.75" customHeight="1"/>
+    <row r="825" ht="15.75" customHeight="1"/>
+    <row r="826" ht="15.75" customHeight="1"/>
+    <row r="827" ht="15.75" customHeight="1"/>
+    <row r="828" ht="15.75" customHeight="1"/>
+    <row r="829" ht="15.75" customHeight="1"/>
+    <row r="830" ht="15.75" customHeight="1"/>
+    <row r="831" ht="15.75" customHeight="1"/>
+    <row r="832" ht="15.75" customHeight="1"/>
+    <row r="833" ht="15.75" customHeight="1"/>
+    <row r="834" ht="15.75" customHeight="1"/>
+    <row r="835" ht="15.75" customHeight="1"/>
+    <row r="836" ht="15.75" customHeight="1"/>
+    <row r="837" ht="15.75" customHeight="1"/>
+    <row r="838" ht="15.75" customHeight="1"/>
+    <row r="839" ht="15.75" customHeight="1"/>
+    <row r="840" ht="15.75" customHeight="1"/>
+    <row r="841" ht="15.75" customHeight="1"/>
+    <row r="842" ht="15.75" customHeight="1"/>
+    <row r="843" ht="15.75" customHeight="1"/>
+    <row r="844" ht="15.75" customHeight="1"/>
+    <row r="845" ht="15.75" customHeight="1"/>
+    <row r="846" ht="15.75" customHeight="1"/>
+    <row r="847" ht="15.75" customHeight="1"/>
+    <row r="848" ht="15.75" customHeight="1"/>
+    <row r="849" ht="15.75" customHeight="1"/>
+    <row r="850" ht="15.75" customHeight="1"/>
+    <row r="851" ht="15.75" customHeight="1"/>
+    <row r="852" ht="15.75" customHeight="1"/>
+    <row r="853" ht="15.75" customHeight="1"/>
+    <row r="854" ht="15.75" customHeight="1"/>
+    <row r="855" ht="15.75" customHeight="1"/>
+    <row r="856" ht="15.75" customHeight="1"/>
+    <row r="857" ht="15.75" customHeight="1"/>
+    <row r="858" ht="15.75" customHeight="1"/>
+    <row r="859" ht="15.75" customHeight="1"/>
+    <row r="860" ht="15.75" customHeight="1"/>
+    <row r="861" ht="15.75" customHeight="1"/>
+    <row r="862" ht="15.75" customHeight="1"/>
+    <row r="863" ht="15.75" customHeight="1"/>
+    <row r="864" ht="15.75" customHeight="1"/>
+    <row r="865" ht="15.75" customHeight="1"/>
+    <row r="866" ht="15.75" customHeight="1"/>
+    <row r="867" ht="15.75" customHeight="1"/>
+    <row r="868" ht="15.75" customHeight="1"/>
+    <row r="869" ht="15.75" customHeight="1"/>
+    <row r="870" ht="15.75" customHeight="1"/>
+    <row r="871" ht="15.75" customHeight="1"/>
+    <row r="872" ht="15.75" customHeight="1"/>
+    <row r="873" ht="15.75" customHeight="1"/>
+    <row r="874" ht="15.75" customHeight="1"/>
+    <row r="875" ht="15.75" customHeight="1"/>
+    <row r="876" ht="15.75" customHeight="1"/>
+    <row r="877" ht="15.75" customHeight="1"/>
+    <row r="878" ht="15.75" customHeight="1"/>
+    <row r="879" ht="15.75" customHeight="1"/>
+    <row r="880" ht="15.75" customHeight="1"/>
+    <row r="881" ht="15.75" customHeight="1"/>
+    <row r="882" ht="15.75" customHeight="1"/>
+    <row r="883" ht="15.75" customHeight="1"/>
+    <row r="884" ht="15.75" customHeight="1"/>
+    <row r="885" ht="15.75" customHeight="1"/>
+    <row r="886" ht="15.75" customHeight="1"/>
+    <row r="887" ht="15.75" customHeight="1"/>
+    <row r="888" ht="15.75" customHeight="1"/>
+    <row r="889" ht="15.75" customHeight="1"/>
+    <row r="890" ht="15.75" customHeight="1"/>
+    <row r="891" ht="15.75" customHeight="1"/>
+    <row r="892" ht="15.75" customHeight="1"/>
+    <row r="893" ht="15.75" customHeight="1"/>
+    <row r="894" ht="15.75" customHeight="1"/>
+    <row r="895" ht="15.75" customHeight="1"/>
+    <row r="896" ht="15.75" customHeight="1"/>
+    <row r="897" ht="15.75" customHeight="1"/>
+    <row r="898" ht="15.75" customHeight="1"/>
+    <row r="899" ht="15.75" customHeight="1"/>
+    <row r="900" ht="15.75" customHeight="1"/>
+    <row r="901" ht="15.75" customHeight="1"/>
+    <row r="902" ht="15.75" customHeight="1"/>
+    <row r="903" ht="15.75" customHeight="1"/>
+    <row r="904" ht="15.75" customHeight="1"/>
+    <row r="905" ht="15.75" customHeight="1"/>
+    <row r="906" ht="15.75" customHeight="1"/>
+    <row r="907" ht="15.75" customHeight="1"/>
+    <row r="908" ht="15.75" customHeight="1"/>
+    <row r="909" ht="15.75" customHeight="1"/>
+    <row r="910" ht="15.75" customHeight="1"/>
+    <row r="911" ht="15.75" customHeight="1"/>
+    <row r="912" ht="15.75" customHeight="1"/>
+    <row r="913" ht="15.75" customHeight="1"/>
+    <row r="914" ht="15.75" customHeight="1"/>
+    <row r="915" ht="15.75" customHeight="1"/>
+    <row r="916" ht="15.75" customHeight="1"/>
+    <row r="917" ht="15.75" customHeight="1"/>
+    <row r="918" ht="15.75" customHeight="1"/>
+    <row r="919" ht="15.75" customHeight="1"/>
+    <row r="920" ht="15.75" customHeight="1"/>
+    <row r="921" ht="15.75" customHeight="1"/>
+    <row r="922" ht="15.75" customHeight="1"/>
+    <row r="923" ht="15.75" customHeight="1"/>
+    <row r="924" ht="15.75" customHeight="1"/>
+    <row r="925" ht="15.75" customHeight="1"/>
+    <row r="926" ht="15.75" customHeight="1"/>
+    <row r="927" ht="15.75" customHeight="1"/>
+    <row r="928" ht="15.75" customHeight="1"/>
+    <row r="929" ht="15.75" customHeight="1"/>
+    <row r="930" ht="15.75" customHeight="1"/>
+    <row r="931" ht="15.75" customHeight="1"/>
+    <row r="932" ht="15.75" customHeight="1"/>
+    <row r="933" ht="15.75" customHeight="1"/>
+    <row r="934" ht="15.75" customHeight="1"/>
+    <row r="935" ht="15.75" customHeight="1"/>
+    <row r="936" ht="15.75" customHeight="1"/>
+    <row r="937" ht="15.75" customHeight="1"/>
+    <row r="938" ht="15.75" customHeight="1"/>
+    <row r="939" ht="15.75" customHeight="1"/>
+    <row r="940" ht="15.75" customHeight="1"/>
+    <row r="941" ht="15.75" customHeight="1"/>
+    <row r="942" ht="15.75" customHeight="1"/>
+    <row r="943" ht="15.75" customHeight="1"/>
+    <row r="944" ht="15.75" customHeight="1"/>
+    <row r="945" ht="15.75" customHeight="1"/>
+    <row r="946" ht="15.75" customHeight="1"/>
+    <row r="947" ht="15.75" customHeight="1"/>
+    <row r="948" ht="15.75" customHeight="1"/>
+    <row r="949" ht="15.75" customHeight="1"/>
+    <row r="950" ht="15.75" customHeight="1"/>
+    <row r="951" ht="15.75" customHeight="1"/>
+    <row r="952" ht="15.75" customHeight="1"/>
+    <row r="953" ht="15.75" customHeight="1"/>
+    <row r="954" ht="15.75" customHeight="1"/>
+    <row r="955" ht="15.75" customHeight="1"/>
+    <row r="956" ht="15.75" customHeight="1"/>
+    <row r="957" ht="15.75" customHeight="1"/>
+    <row r="958" ht="15.75" customHeight="1"/>
+    <row r="959" ht="15.75" customHeight="1"/>
+    <row r="960" ht="15.75" customHeight="1"/>
+    <row r="961" ht="15.75" customHeight="1"/>
+    <row r="962" ht="15.75" customHeight="1"/>
+    <row r="963" ht="15.75" customHeight="1"/>
+    <row r="964" ht="15.75" customHeight="1"/>
+    <row r="965" ht="15.75" customHeight="1"/>
+    <row r="966" ht="15.75" customHeight="1"/>
+    <row r="967" ht="15.75" customHeight="1"/>
+    <row r="968" ht="15.75" customHeight="1"/>
+    <row r="969" ht="15.75" customHeight="1"/>
+    <row r="970" ht="15.75" customHeight="1"/>
+    <row r="971" ht="15.75" customHeight="1"/>
+    <row r="972" ht="15.75" customHeight="1"/>
+    <row r="973" ht="15.75" customHeight="1"/>
+    <row r="974" ht="15.75" customHeight="1"/>
+    <row r="975" ht="15.75" customHeight="1"/>
+    <row r="976" ht="15.75" customHeight="1"/>
+    <row r="977" ht="15.75" customHeight="1"/>
+    <row r="978" ht="15.75" customHeight="1"/>
+    <row r="979" ht="15.75" customHeight="1"/>
+    <row r="980" ht="15.75" customHeight="1"/>
+    <row r="981" ht="15.75" customHeight="1"/>
+    <row r="982" ht="15.75" customHeight="1"/>
+    <row r="983" ht="15.75" customHeight="1"/>
+    <row r="984" ht="15.75" customHeight="1"/>
+    <row r="985" ht="15.75" customHeight="1"/>
+    <row r="986" ht="15.75" customHeight="1"/>
+    <row r="987" ht="15.75" customHeight="1"/>
+    <row r="988" ht="15.75" customHeight="1"/>
+    <row r="989" ht="15.75" customHeight="1"/>
+    <row r="990" ht="15.75" customHeight="1"/>
+    <row r="991" ht="15.75" customHeight="1"/>
+    <row r="992" ht="15.75" customHeight="1"/>
+    <row r="993" ht="15.75" customHeight="1"/>
+    <row r="994" ht="15.75" customHeight="1"/>
+    <row r="995" ht="15.75" customHeight="1"/>
+    <row r="996" ht="15.75" customHeight="1"/>
+    <row r="997" ht="15.75" customHeight="1"/>
+    <row r="998" ht="15.75" customHeight="1"/>
+    <row r="999" ht="15.75" customHeight="1"/>
+    <row r="1000" ht="15.75" customHeight="1"/>
+    <row r="1001" ht="15.75" customHeight="1"/>
+    <row r="1002" ht="15.75" customHeight="1"/>
+    <row r="1003" ht="15.75" customHeight="1"/>
+    <row r="1004" ht="15.75" customHeight="1"/>
+    <row r="1005" ht="15.75" customHeight="1"/>
+    <row r="1006" ht="15.75" customHeight="1"/>
+    <row r="1007" ht="15.75" customHeight="1"/>
+    <row r="1008" ht="15.75" customHeight="1"/>
+    <row r="1009" ht="15.75" customHeight="1"/>
+    <row r="1010" ht="15.75" customHeight="1"/>
+    <row r="1011" ht="15.75" customHeight="1"/>
+    <row r="1012" ht="15.75" customHeight="1"/>
+    <row r="1013" ht="15.75" customHeight="1"/>
+    <row r="1014" ht="15.75" customHeight="1"/>
   </sheetData>
-  <mergeCells count="226">
-[...5 lines deleted...]
-    <mergeCell ref="Q25:T25"/>
+  <mergeCells count="227">
+    <mergeCell ref="H42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:P42"/>
+    <mergeCell ref="Q42:T42"/>
     <mergeCell ref="U25:V25"/>
     <mergeCell ref="W25:X25"/>
     <mergeCell ref="AA25:AB25"/>
-    <mergeCell ref="B26:D26"/>
-    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="U28:V28"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="AA28:AB28"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="AA32:AB32"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:P41"/>
+    <mergeCell ref="Q41:T41"/>
+    <mergeCell ref="U41:V41"/>
+    <mergeCell ref="W41:X41"/>
+    <mergeCell ref="AA41:AB41"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="AA22:AB22"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="H23:J23"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="N23:P23"/>
+    <mergeCell ref="Q23:T23"/>
+    <mergeCell ref="U23:V23"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="AA23:AB23"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="H22:J22"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="B1:L2"/>
+    <mergeCell ref="B6:J8"/>
+    <mergeCell ref="B9:J11"/>
+    <mergeCell ref="B13:J14"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:J15"/>
+    <mergeCell ref="E16:J16"/>
+    <mergeCell ref="N22:P22"/>
+    <mergeCell ref="Q22:T22"/>
+    <mergeCell ref="E17:J17"/>
+    <mergeCell ref="E18:J18"/>
+    <mergeCell ref="E19:J19"/>
+    <mergeCell ref="E20:J20"/>
+    <mergeCell ref="U29:V29"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="AA29:AB29"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="AA30:AB30"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="H30:J30"/>
+    <mergeCell ref="K30:M30"/>
+    <mergeCell ref="N30:P30"/>
+    <mergeCell ref="Q30:T30"/>
+    <mergeCell ref="U30:V30"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="H28:J28"/>
+    <mergeCell ref="K28:M28"/>
+    <mergeCell ref="N28:P28"/>
+    <mergeCell ref="Q28:T28"/>
+    <mergeCell ref="H29:J29"/>
+    <mergeCell ref="K29:M29"/>
+    <mergeCell ref="N29:P29"/>
+    <mergeCell ref="Q29:T29"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="B43:D43"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="B29:D29"/>
     <mergeCell ref="H26:J26"/>
     <mergeCell ref="K26:M26"/>
     <mergeCell ref="N26:P26"/>
     <mergeCell ref="Q26:T26"/>
     <mergeCell ref="U26:V26"/>
     <mergeCell ref="W26:X26"/>
     <mergeCell ref="AA26:AB26"/>
+    <mergeCell ref="B26:D26"/>
     <mergeCell ref="B27:D27"/>
     <mergeCell ref="E27:G27"/>
     <mergeCell ref="H27:J27"/>
     <mergeCell ref="K27:M27"/>
     <mergeCell ref="N27:P27"/>
     <mergeCell ref="Q27:T27"/>
+    <mergeCell ref="AA27:AB27"/>
     <mergeCell ref="U27:V27"/>
     <mergeCell ref="W27:X27"/>
-    <mergeCell ref="AA27:AB27"/>
-[...24 lines deleted...]
-    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B52:P52"/>
+    <mergeCell ref="B54:O55"/>
+    <mergeCell ref="B57:O58"/>
+    <mergeCell ref="B60:O60"/>
+    <mergeCell ref="G63:R63"/>
+    <mergeCell ref="G64:R64"/>
+    <mergeCell ref="G65:R65"/>
+    <mergeCell ref="AA42:AB42"/>
     <mergeCell ref="E24:G24"/>
     <mergeCell ref="H24:J24"/>
     <mergeCell ref="K24:M24"/>
     <mergeCell ref="N24:P24"/>
     <mergeCell ref="Q24:T24"/>
-    <mergeCell ref="B31:D31"/>
-    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="U24:V24"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="AA24:AB24"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="H25:J25"/>
+    <mergeCell ref="K25:M25"/>
+    <mergeCell ref="N25:P25"/>
+    <mergeCell ref="Q25:T25"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="AA39:AB39"/>
+    <mergeCell ref="W40:X40"/>
+    <mergeCell ref="AA40:AB40"/>
+    <mergeCell ref="E39:G39"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="H40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:P40"/>
+    <mergeCell ref="Q40:T40"/>
+    <mergeCell ref="U40:V40"/>
+    <mergeCell ref="B49:O50"/>
+    <mergeCell ref="U42:V42"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="H35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:P35"/>
+    <mergeCell ref="Q35:T35"/>
+    <mergeCell ref="U35:V35"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="H36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="Q36:T36"/>
+    <mergeCell ref="U36:V36"/>
+    <mergeCell ref="H39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:P39"/>
+    <mergeCell ref="Q39:T39"/>
+    <mergeCell ref="U39:V39"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="E41:G41"/>
+    <mergeCell ref="E42:G42"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="H43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="Q43:T43"/>
+    <mergeCell ref="U43:V43"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="AA43:AB43"/>
+    <mergeCell ref="N43:P43"/>
+    <mergeCell ref="N44:P44"/>
+    <mergeCell ref="Q44:T44"/>
+    <mergeCell ref="U44:V44"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="AA44:AB44"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="H34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:P34"/>
+    <mergeCell ref="Q34:T34"/>
+    <mergeCell ref="U34:V34"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="AA36:AB36"/>
+    <mergeCell ref="AA35:AB35"/>
+    <mergeCell ref="H33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:P33"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="U33:V33"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="AA33:AB33"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="AA34:AB34"/>
     <mergeCell ref="H31:J31"/>
     <mergeCell ref="K31:M31"/>
     <mergeCell ref="N31:P31"/>
     <mergeCell ref="Q31:T31"/>
     <mergeCell ref="U31:V31"/>
     <mergeCell ref="W31:X31"/>
     <mergeCell ref="AA31:AB31"/>
-    <mergeCell ref="B30:D30"/>
-[...86 lines deleted...]
-    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="E31:G31"/>
     <mergeCell ref="E32:G32"/>
     <mergeCell ref="H32:J32"/>
     <mergeCell ref="K32:M32"/>
     <mergeCell ref="N32:P32"/>
     <mergeCell ref="Q32:T32"/>
     <mergeCell ref="U32:V32"/>
-    <mergeCell ref="W32:X32"/>
-[...35 lines deleted...]
-    <mergeCell ref="E37:G37"/>
     <mergeCell ref="H37:J37"/>
     <mergeCell ref="K37:M37"/>
     <mergeCell ref="N37:P37"/>
     <mergeCell ref="Q37:T37"/>
     <mergeCell ref="U37:V37"/>
     <mergeCell ref="W37:X37"/>
-    <mergeCell ref="B52:P52"/>
-[...4 lines deleted...]
-    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="AA37:AB37"/>
+    <mergeCell ref="E37:G37"/>
     <mergeCell ref="E38:G38"/>
     <mergeCell ref="H38:J38"/>
     <mergeCell ref="K38:M38"/>
     <mergeCell ref="N38:P38"/>
     <mergeCell ref="Q38:T38"/>
-    <mergeCell ref="B41:D41"/>
-[...10 lines deleted...]
-    <mergeCell ref="Q39:T39"/>
+    <mergeCell ref="U38:V38"/>
+    <mergeCell ref="W38:X38"/>
+    <mergeCell ref="AA38:AB38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
-  <pageSetup orientation="landscape" r:id="rId1"/>
+  <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
   <dimension ref="A1:AB67"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="77" zoomScaleNormal="77" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="N2" sqref="N2"/>
+    <sheetView showGridLines="0" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A46" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B8" sqref="B8:D8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="12.6640625" defaultRowHeight="15" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.33203125" customWidth="1"/>
-    <col min="2" max="9" width="8.6640625" customWidth="1"/>
+    <col min="1" max="1" width="4.21875" customWidth="1"/>
+    <col min="2" max="9" width="8.77734375" customWidth="1"/>
     <col min="10" max="10" width="20.21875" customWidth="1"/>
-    <col min="11" max="19" width="8.6640625" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="27" max="28" width="8.6640625" customWidth="1"/>
+    <col min="11" max="19" width="8.77734375" customWidth="1"/>
+    <col min="20" max="20" width="0.21875" customWidth="1"/>
+    <col min="21" max="21" width="8.77734375" customWidth="1"/>
+    <col min="22" max="22" width="12.77734375" customWidth="1"/>
+    <col min="23" max="23" width="8.77734375" customWidth="1"/>
+    <col min="24" max="24" width="13.77734375" customWidth="1"/>
+    <col min="25" max="26" width="18.77734375" customWidth="1"/>
+    <col min="27" max="28" width="8.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" ht="12.75" customHeight="1" x14ac:dyDescent="0.3">
-[...28 lines deleted...]
-      <c r="B3" s="3" t="s">
+    <row r="1" spans="1:28" ht="12.75" customHeight="1">
+      <c r="B1" s="47"/>
+      <c r="C1" s="47"/>
+      <c r="D1" s="47"/>
+      <c r="E1" s="47"/>
+      <c r="F1" s="47"/>
+      <c r="G1" s="47"/>
+      <c r="H1" s="47"/>
+      <c r="I1" s="47"/>
+      <c r="J1" s="43"/>
+      <c r="K1" s="43"/>
+      <c r="L1" s="43"/>
+    </row>
+    <row r="2" spans="1:28" ht="31.5" customHeight="1">
+      <c r="B2" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="49"/>
+      <c r="D2" s="49"/>
+      <c r="E2" s="49"/>
+      <c r="F2" s="49"/>
+      <c r="G2" s="49"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="47"/>
+      <c r="J2" s="43"/>
+      <c r="K2" s="43"/>
+      <c r="L2" s="43"/>
+    </row>
+    <row r="3" spans="1:28" ht="23.4">
+      <c r="B3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="3"/>
-[...11 lines deleted...]
-      <c r="B4" s="3" t="s">
+      <c r="C3" s="2"/>
+      <c r="D3" s="2"/>
+      <c r="E3" s="2"/>
+      <c r="F3" s="2"/>
+      <c r="G3" s="2"/>
+      <c r="H3" s="47"/>
+      <c r="I3" s="47"/>
+      <c r="J3" s="43"/>
+      <c r="K3" s="43"/>
+      <c r="L3" s="43"/>
+    </row>
+    <row r="4" spans="1:28" ht="23.4">
+      <c r="B4" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="3"/>
-[...11 lines deleted...]
-      <c r="B6" s="78" t="s">
+      <c r="C4" s="2"/>
+      <c r="D4" s="2"/>
+      <c r="E4" s="2"/>
+      <c r="F4" s="2"/>
+      <c r="G4" s="2"/>
+      <c r="H4" s="47"/>
+      <c r="I4" s="47"/>
+      <c r="J4" s="43"/>
+      <c r="K4" s="43"/>
+      <c r="L4" s="43"/>
+    </row>
+    <row r="6" spans="1:28" ht="55.8">
+      <c r="B6" s="66" t="s">
         <v>12</v>
       </c>
-      <c r="C6" s="64"/>
-[...1 lines deleted...]
-      <c r="E6" s="78" t="s">
+      <c r="C6" s="51"/>
+      <c r="D6" s="52"/>
+      <c r="E6" s="66" t="s">
         <v>13</v>
       </c>
-      <c r="F6" s="64"/>
-[...1 lines deleted...]
-      <c r="H6" s="79" t="s">
+      <c r="F6" s="51"/>
+      <c r="G6" s="52"/>
+      <c r="H6" s="78" t="s">
         <v>14</v>
       </c>
-      <c r="I6" s="80"/>
-[...1 lines deleted...]
-      <c r="K6" s="79" t="s">
+      <c r="I6" s="79"/>
+      <c r="J6" s="80"/>
+      <c r="K6" s="78" t="s">
         <v>15</v>
       </c>
-      <c r="L6" s="80"/>
-[...1 lines deleted...]
-      <c r="N6" s="79" t="s">
+      <c r="L6" s="79"/>
+      <c r="M6" s="80"/>
+      <c r="N6" s="78" t="s">
         <v>16</v>
       </c>
-      <c r="O6" s="80"/>
-[...1 lines deleted...]
-      <c r="Q6" s="82" t="s">
+      <c r="O6" s="79"/>
+      <c r="P6" s="80"/>
+      <c r="Q6" s="81" t="s">
         <v>17</v>
       </c>
-      <c r="R6" s="80"/>
-[...2 lines deleted...]
-      <c r="U6" s="82" t="s">
+      <c r="R6" s="79"/>
+      <c r="S6" s="79"/>
+      <c r="T6" s="80"/>
+      <c r="U6" s="81" t="s">
         <v>18</v>
       </c>
-      <c r="V6" s="81"/>
-      <c r="W6" s="82" t="s">
+      <c r="V6" s="80"/>
+      <c r="W6" s="81" t="s">
         <v>19</v>
       </c>
-      <c r="X6" s="81"/>
-      <c r="Y6" s="17" t="s">
+      <c r="X6" s="80"/>
+      <c r="Y6" s="15" t="s">
         <v>20</v>
       </c>
-      <c r="Z6" s="17" t="s">
+      <c r="Z6" s="15" t="s">
         <v>21</v>
       </c>
-      <c r="AA6" s="83" t="s">
+      <c r="AA6" s="82" t="s">
         <v>22</v>
       </c>
-      <c r="AB6" s="81"/>
-[...2 lines deleted...]
-      <c r="A7" s="19">
+      <c r="AB6" s="80"/>
+    </row>
+    <row r="7" spans="1:28" ht="14.4">
+      <c r="A7" s="17">
         <v>1</v>
       </c>
-      <c r="B7" s="63"/>
-[...34 lines deleted...]
-      <c r="AA7" s="67">
+      <c r="B7" s="50"/>
+      <c r="C7" s="51"/>
+      <c r="D7" s="52"/>
+      <c r="E7" s="50"/>
+      <c r="F7" s="51"/>
+      <c r="G7" s="52"/>
+      <c r="H7" s="50"/>
+      <c r="I7" s="51"/>
+      <c r="J7" s="52"/>
+      <c r="K7" s="50"/>
+      <c r="L7" s="51"/>
+      <c r="M7" s="52"/>
+      <c r="N7" s="50"/>
+      <c r="O7" s="51"/>
+      <c r="P7" s="52"/>
+      <c r="Q7" s="60">
+        <v>0</v>
+      </c>
+      <c r="R7" s="51"/>
+      <c r="S7" s="51"/>
+      <c r="T7" s="52"/>
+      <c r="U7" s="53">
+        <v>0</v>
+      </c>
+      <c r="V7" s="52"/>
+      <c r="W7" s="53">
+        <v>0</v>
+      </c>
+      <c r="X7" s="52"/>
+      <c r="Y7" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z7" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA7" s="54">
         <f t="shared" ref="AA7:AA66" si="0">Q7-(SUM(U7:Z7))</f>
         <v>0</v>
       </c>
-      <c r="AB7" s="65"/>
-[...2 lines deleted...]
-      <c r="A8" s="19">
+      <c r="AB7" s="52"/>
+    </row>
+    <row r="8" spans="1:28" ht="14.4">
+      <c r="A8" s="17">
         <v>2</v>
       </c>
-      <c r="B8" s="63"/>
-[...34 lines deleted...]
-      <c r="AA8" s="67">
+      <c r="B8" s="50"/>
+      <c r="C8" s="51"/>
+      <c r="D8" s="52"/>
+      <c r="E8" s="50"/>
+      <c r="F8" s="51"/>
+      <c r="G8" s="52"/>
+      <c r="H8" s="50"/>
+      <c r="I8" s="51"/>
+      <c r="J8" s="52"/>
+      <c r="K8" s="50"/>
+      <c r="L8" s="51"/>
+      <c r="M8" s="52"/>
+      <c r="N8" s="50"/>
+      <c r="O8" s="51"/>
+      <c r="P8" s="52"/>
+      <c r="Q8" s="53">
+        <v>0</v>
+      </c>
+      <c r="R8" s="51"/>
+      <c r="S8" s="51"/>
+      <c r="T8" s="52"/>
+      <c r="U8" s="53">
+        <v>0</v>
+      </c>
+      <c r="V8" s="52"/>
+      <c r="W8" s="53">
+        <v>0</v>
+      </c>
+      <c r="X8" s="52"/>
+      <c r="Y8" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z8" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA8" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB8" s="65"/>
-[...2 lines deleted...]
-      <c r="A9" s="19">
+      <c r="AB8" s="52"/>
+    </row>
+    <row r="9" spans="1:28" ht="14.4">
+      <c r="A9" s="17">
         <v>3</v>
       </c>
-      <c r="B9" s="63"/>
-[...34 lines deleted...]
-      <c r="AA9" s="67">
+      <c r="B9" s="50"/>
+      <c r="C9" s="51"/>
+      <c r="D9" s="52"/>
+      <c r="E9" s="50"/>
+      <c r="F9" s="51"/>
+      <c r="G9" s="52"/>
+      <c r="H9" s="50"/>
+      <c r="I9" s="51"/>
+      <c r="J9" s="52"/>
+      <c r="K9" s="50"/>
+      <c r="L9" s="51"/>
+      <c r="M9" s="52"/>
+      <c r="N9" s="50"/>
+      <c r="O9" s="51"/>
+      <c r="P9" s="52"/>
+      <c r="Q9" s="53">
+        <v>0</v>
+      </c>
+      <c r="R9" s="51"/>
+      <c r="S9" s="51"/>
+      <c r="T9" s="52"/>
+      <c r="U9" s="53">
+        <v>0</v>
+      </c>
+      <c r="V9" s="52"/>
+      <c r="W9" s="53">
+        <v>0</v>
+      </c>
+      <c r="X9" s="52"/>
+      <c r="Y9" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z9" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA9" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB9" s="65"/>
-[...2 lines deleted...]
-      <c r="A10" s="19">
+      <c r="AB9" s="52"/>
+    </row>
+    <row r="10" spans="1:28" ht="14.4">
+      <c r="A10" s="17">
         <v>4</v>
       </c>
-      <c r="B10" s="63"/>
-[...34 lines deleted...]
-      <c r="AA10" s="67">
+      <c r="B10" s="50"/>
+      <c r="C10" s="51"/>
+      <c r="D10" s="52"/>
+      <c r="E10" s="50"/>
+      <c r="F10" s="51"/>
+      <c r="G10" s="52"/>
+      <c r="H10" s="50"/>
+      <c r="I10" s="51"/>
+      <c r="J10" s="52"/>
+      <c r="K10" s="50"/>
+      <c r="L10" s="51"/>
+      <c r="M10" s="52"/>
+      <c r="N10" s="50"/>
+      <c r="O10" s="51"/>
+      <c r="P10" s="52"/>
+      <c r="Q10" s="53">
+        <v>0</v>
+      </c>
+      <c r="R10" s="51"/>
+      <c r="S10" s="51"/>
+      <c r="T10" s="52"/>
+      <c r="U10" s="53">
+        <v>0</v>
+      </c>
+      <c r="V10" s="52"/>
+      <c r="W10" s="53">
+        <v>0</v>
+      </c>
+      <c r="X10" s="52"/>
+      <c r="Y10" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z10" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA10" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB10" s="65"/>
-[...2 lines deleted...]
-      <c r="A11" s="19">
+      <c r="AB10" s="52"/>
+    </row>
+    <row r="11" spans="1:28" ht="14.4">
+      <c r="A11" s="17">
         <v>5</v>
       </c>
-      <c r="B11" s="63"/>
-[...34 lines deleted...]
-      <c r="AA11" s="67">
+      <c r="B11" s="50"/>
+      <c r="C11" s="51"/>
+      <c r="D11" s="52"/>
+      <c r="E11" s="50"/>
+      <c r="F11" s="51"/>
+      <c r="G11" s="52"/>
+      <c r="H11" s="50"/>
+      <c r="I11" s="51"/>
+      <c r="J11" s="52"/>
+      <c r="K11" s="50"/>
+      <c r="L11" s="51"/>
+      <c r="M11" s="52"/>
+      <c r="N11" s="50"/>
+      <c r="O11" s="51"/>
+      <c r="P11" s="52"/>
+      <c r="Q11" s="53">
+        <v>0</v>
+      </c>
+      <c r="R11" s="51"/>
+      <c r="S11" s="51"/>
+      <c r="T11" s="52"/>
+      <c r="U11" s="53">
+        <v>0</v>
+      </c>
+      <c r="V11" s="52"/>
+      <c r="W11" s="53">
+        <v>0</v>
+      </c>
+      <c r="X11" s="52"/>
+      <c r="Y11" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z11" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA11" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB11" s="65"/>
-[...2 lines deleted...]
-      <c r="A12" s="19">
+      <c r="AB11" s="52"/>
+    </row>
+    <row r="12" spans="1:28" ht="14.4">
+      <c r="A12" s="17">
         <v>6</v>
       </c>
-      <c r="B12" s="63"/>
-[...34 lines deleted...]
-      <c r="AA12" s="67">
+      <c r="B12" s="50"/>
+      <c r="C12" s="51"/>
+      <c r="D12" s="52"/>
+      <c r="E12" s="50"/>
+      <c r="F12" s="51"/>
+      <c r="G12" s="52"/>
+      <c r="H12" s="50"/>
+      <c r="I12" s="51"/>
+      <c r="J12" s="52"/>
+      <c r="K12" s="50"/>
+      <c r="L12" s="51"/>
+      <c r="M12" s="52"/>
+      <c r="N12" s="50"/>
+      <c r="O12" s="51"/>
+      <c r="P12" s="52"/>
+      <c r="Q12" s="60">
+        <v>0</v>
+      </c>
+      <c r="R12" s="51"/>
+      <c r="S12" s="51"/>
+      <c r="T12" s="52"/>
+      <c r="U12" s="53">
+        <v>0</v>
+      </c>
+      <c r="V12" s="52"/>
+      <c r="W12" s="53">
+        <v>0</v>
+      </c>
+      <c r="X12" s="52"/>
+      <c r="Y12" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z12" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA12" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB12" s="65"/>
-[...2 lines deleted...]
-      <c r="A13" s="19">
+      <c r="AB12" s="52"/>
+    </row>
+    <row r="13" spans="1:28" ht="14.4">
+      <c r="A13" s="17">
         <v>7</v>
       </c>
-      <c r="B13" s="63"/>
-[...34 lines deleted...]
-      <c r="AA13" s="67">
+      <c r="B13" s="50"/>
+      <c r="C13" s="51"/>
+      <c r="D13" s="52"/>
+      <c r="E13" s="50"/>
+      <c r="F13" s="51"/>
+      <c r="G13" s="52"/>
+      <c r="H13" s="50"/>
+      <c r="I13" s="51"/>
+      <c r="J13" s="52"/>
+      <c r="K13" s="50"/>
+      <c r="L13" s="51"/>
+      <c r="M13" s="52"/>
+      <c r="N13" s="50"/>
+      <c r="O13" s="51"/>
+      <c r="P13" s="52"/>
+      <c r="Q13" s="53">
+        <v>0</v>
+      </c>
+      <c r="R13" s="51"/>
+      <c r="S13" s="51"/>
+      <c r="T13" s="52"/>
+      <c r="U13" s="53">
+        <v>0</v>
+      </c>
+      <c r="V13" s="52"/>
+      <c r="W13" s="53">
+        <v>0</v>
+      </c>
+      <c r="X13" s="52"/>
+      <c r="Y13" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z13" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA13" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB13" s="65"/>
-[...2 lines deleted...]
-      <c r="A14" s="19">
+      <c r="AB13" s="52"/>
+    </row>
+    <row r="14" spans="1:28" ht="14.4">
+      <c r="A14" s="17">
         <v>8</v>
       </c>
-      <c r="B14" s="63"/>
-[...34 lines deleted...]
-      <c r="AA14" s="67">
+      <c r="B14" s="50"/>
+      <c r="C14" s="51"/>
+      <c r="D14" s="52"/>
+      <c r="E14" s="50"/>
+      <c r="F14" s="51"/>
+      <c r="G14" s="52"/>
+      <c r="H14" s="50"/>
+      <c r="I14" s="51"/>
+      <c r="J14" s="52"/>
+      <c r="K14" s="50"/>
+      <c r="L14" s="51"/>
+      <c r="M14" s="52"/>
+      <c r="N14" s="50"/>
+      <c r="O14" s="51"/>
+      <c r="P14" s="52"/>
+      <c r="Q14" s="53">
+        <v>0</v>
+      </c>
+      <c r="R14" s="51"/>
+      <c r="S14" s="51"/>
+      <c r="T14" s="52"/>
+      <c r="U14" s="53">
+        <v>0</v>
+      </c>
+      <c r="V14" s="52"/>
+      <c r="W14" s="53">
+        <v>0</v>
+      </c>
+      <c r="X14" s="52"/>
+      <c r="Y14" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z14" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA14" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB14" s="65"/>
-[...2 lines deleted...]
-      <c r="A15" s="19">
+      <c r="AB14" s="52"/>
+    </row>
+    <row r="15" spans="1:28" ht="14.4">
+      <c r="A15" s="17">
         <v>9</v>
       </c>
-      <c r="B15" s="63"/>
-[...34 lines deleted...]
-      <c r="AA15" s="67">
+      <c r="B15" s="50"/>
+      <c r="C15" s="51"/>
+      <c r="D15" s="52"/>
+      <c r="E15" s="50"/>
+      <c r="F15" s="51"/>
+      <c r="G15" s="52"/>
+      <c r="H15" s="50"/>
+      <c r="I15" s="51"/>
+      <c r="J15" s="52"/>
+      <c r="K15" s="50"/>
+      <c r="L15" s="51"/>
+      <c r="M15" s="52"/>
+      <c r="N15" s="50"/>
+      <c r="O15" s="51"/>
+      <c r="P15" s="52"/>
+      <c r="Q15" s="53">
+        <v>0</v>
+      </c>
+      <c r="R15" s="51"/>
+      <c r="S15" s="51"/>
+      <c r="T15" s="52"/>
+      <c r="U15" s="53">
+        <v>0</v>
+      </c>
+      <c r="V15" s="52"/>
+      <c r="W15" s="53">
+        <v>0</v>
+      </c>
+      <c r="X15" s="52"/>
+      <c r="Y15" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z15" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA15" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB15" s="65"/>
-[...2 lines deleted...]
-      <c r="A16" s="19">
+      <c r="AB15" s="52"/>
+    </row>
+    <row r="16" spans="1:28" ht="14.4">
+      <c r="A16" s="17">
         <v>10</v>
       </c>
-      <c r="B16" s="63"/>
-[...34 lines deleted...]
-      <c r="AA16" s="67">
+      <c r="B16" s="50"/>
+      <c r="C16" s="51"/>
+      <c r="D16" s="52"/>
+      <c r="E16" s="50"/>
+      <c r="F16" s="51"/>
+      <c r="G16" s="52"/>
+      <c r="H16" s="50"/>
+      <c r="I16" s="51"/>
+      <c r="J16" s="52"/>
+      <c r="K16" s="50"/>
+      <c r="L16" s="51"/>
+      <c r="M16" s="52"/>
+      <c r="N16" s="50"/>
+      <c r="O16" s="51"/>
+      <c r="P16" s="52"/>
+      <c r="Q16" s="53">
+        <v>0</v>
+      </c>
+      <c r="R16" s="51"/>
+      <c r="S16" s="51"/>
+      <c r="T16" s="52"/>
+      <c r="U16" s="53">
+        <v>0</v>
+      </c>
+      <c r="V16" s="52"/>
+      <c r="W16" s="53">
+        <v>0</v>
+      </c>
+      <c r="X16" s="52"/>
+      <c r="Y16" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z16" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA16" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB16" s="65"/>
-[...2 lines deleted...]
-      <c r="A17" s="19">
+      <c r="AB16" s="52"/>
+    </row>
+    <row r="17" spans="1:28" ht="14.4">
+      <c r="A17" s="17">
         <v>11</v>
       </c>
-      <c r="B17" s="63"/>
-[...34 lines deleted...]
-      <c r="AA17" s="67">
+      <c r="B17" s="50"/>
+      <c r="C17" s="51"/>
+      <c r="D17" s="52"/>
+      <c r="E17" s="50"/>
+      <c r="F17" s="51"/>
+      <c r="G17" s="52"/>
+      <c r="H17" s="50"/>
+      <c r="I17" s="51"/>
+      <c r="J17" s="52"/>
+      <c r="K17" s="50"/>
+      <c r="L17" s="51"/>
+      <c r="M17" s="52"/>
+      <c r="N17" s="50"/>
+      <c r="O17" s="51"/>
+      <c r="P17" s="52"/>
+      <c r="Q17" s="53">
+        <v>0</v>
+      </c>
+      <c r="R17" s="51"/>
+      <c r="S17" s="51"/>
+      <c r="T17" s="52"/>
+      <c r="U17" s="53">
+        <v>0</v>
+      </c>
+      <c r="V17" s="52"/>
+      <c r="W17" s="53">
+        <v>0</v>
+      </c>
+      <c r="X17" s="52"/>
+      <c r="Y17" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z17" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA17" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB17" s="65"/>
-[...2 lines deleted...]
-      <c r="A18" s="19">
+      <c r="AB17" s="52"/>
+    </row>
+    <row r="18" spans="1:28" ht="14.4">
+      <c r="A18" s="17">
         <v>12</v>
       </c>
-      <c r="B18" s="63"/>
-[...34 lines deleted...]
-      <c r="AA18" s="67">
+      <c r="B18" s="50"/>
+      <c r="C18" s="51"/>
+      <c r="D18" s="52"/>
+      <c r="E18" s="50"/>
+      <c r="F18" s="51"/>
+      <c r="G18" s="52"/>
+      <c r="H18" s="50"/>
+      <c r="I18" s="51"/>
+      <c r="J18" s="52"/>
+      <c r="K18" s="50"/>
+      <c r="L18" s="51"/>
+      <c r="M18" s="52"/>
+      <c r="N18" s="50"/>
+      <c r="O18" s="51"/>
+      <c r="P18" s="52"/>
+      <c r="Q18" s="53">
+        <v>0</v>
+      </c>
+      <c r="R18" s="51"/>
+      <c r="S18" s="51"/>
+      <c r="T18" s="52"/>
+      <c r="U18" s="53">
+        <v>0</v>
+      </c>
+      <c r="V18" s="52"/>
+      <c r="W18" s="53">
+        <v>0</v>
+      </c>
+      <c r="X18" s="52"/>
+      <c r="Y18" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z18" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA18" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB18" s="65"/>
-[...2 lines deleted...]
-      <c r="A19" s="19">
+      <c r="AB18" s="52"/>
+    </row>
+    <row r="19" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A19" s="17">
         <v>13</v>
       </c>
-      <c r="B19" s="63"/>
-[...34 lines deleted...]
-      <c r="AA19" s="67">
+      <c r="B19" s="50"/>
+      <c r="C19" s="51"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="50"/>
+      <c r="F19" s="51"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="50"/>
+      <c r="I19" s="51"/>
+      <c r="J19" s="52"/>
+      <c r="K19" s="50"/>
+      <c r="L19" s="51"/>
+      <c r="M19" s="52"/>
+      <c r="N19" s="50"/>
+      <c r="O19" s="51"/>
+      <c r="P19" s="52"/>
+      <c r="Q19" s="53">
+        <v>0</v>
+      </c>
+      <c r="R19" s="51"/>
+      <c r="S19" s="51"/>
+      <c r="T19" s="52"/>
+      <c r="U19" s="53">
+        <v>0</v>
+      </c>
+      <c r="V19" s="52"/>
+      <c r="W19" s="53">
+        <v>0</v>
+      </c>
+      <c r="X19" s="52"/>
+      <c r="Y19" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z19" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA19" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB19" s="65"/>
-[...2 lines deleted...]
-      <c r="A20" s="19">
+      <c r="AB19" s="52"/>
+    </row>
+    <row r="20" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A20" s="17">
         <v>14</v>
       </c>
-      <c r="B20" s="63"/>
-[...34 lines deleted...]
-      <c r="AA20" s="67">
+      <c r="B20" s="50"/>
+      <c r="C20" s="51"/>
+      <c r="D20" s="52"/>
+      <c r="E20" s="50"/>
+      <c r="F20" s="51"/>
+      <c r="G20" s="52"/>
+      <c r="H20" s="50"/>
+      <c r="I20" s="51"/>
+      <c r="J20" s="52"/>
+      <c r="K20" s="50"/>
+      <c r="L20" s="51"/>
+      <c r="M20" s="52"/>
+      <c r="N20" s="50"/>
+      <c r="O20" s="51"/>
+      <c r="P20" s="52"/>
+      <c r="Q20" s="53">
+        <v>0</v>
+      </c>
+      <c r="R20" s="51"/>
+      <c r="S20" s="51"/>
+      <c r="T20" s="52"/>
+      <c r="U20" s="53">
+        <v>0</v>
+      </c>
+      <c r="V20" s="52"/>
+      <c r="W20" s="53">
+        <v>0</v>
+      </c>
+      <c r="X20" s="52"/>
+      <c r="Y20" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z20" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA20" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB20" s="65"/>
-[...2 lines deleted...]
-      <c r="A21" s="19">
+      <c r="AB20" s="52"/>
+    </row>
+    <row r="21" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A21" s="17">
         <v>15</v>
       </c>
-      <c r="B21" s="63"/>
-[...34 lines deleted...]
-      <c r="AA21" s="67">
+      <c r="B21" s="50"/>
+      <c r="C21" s="51"/>
+      <c r="D21" s="52"/>
+      <c r="E21" s="50"/>
+      <c r="F21" s="51"/>
+      <c r="G21" s="52"/>
+      <c r="H21" s="50"/>
+      <c r="I21" s="51"/>
+      <c r="J21" s="52"/>
+      <c r="K21" s="50"/>
+      <c r="L21" s="51"/>
+      <c r="M21" s="52"/>
+      <c r="N21" s="50"/>
+      <c r="O21" s="51"/>
+      <c r="P21" s="52"/>
+      <c r="Q21" s="53">
+        <v>0</v>
+      </c>
+      <c r="R21" s="51"/>
+      <c r="S21" s="51"/>
+      <c r="T21" s="52"/>
+      <c r="U21" s="53">
+        <v>0</v>
+      </c>
+      <c r="V21" s="52"/>
+      <c r="W21" s="53">
+        <v>0</v>
+      </c>
+      <c r="X21" s="52"/>
+      <c r="Y21" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z21" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA21" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB21" s="65"/>
-[...2 lines deleted...]
-      <c r="A22" s="19">
+      <c r="AB21" s="52"/>
+    </row>
+    <row r="22" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A22" s="17">
         <v>16</v>
       </c>
-      <c r="B22" s="63"/>
-[...34 lines deleted...]
-      <c r="AA22" s="67">
+      <c r="B22" s="50"/>
+      <c r="C22" s="51"/>
+      <c r="D22" s="52"/>
+      <c r="E22" s="50"/>
+      <c r="F22" s="51"/>
+      <c r="G22" s="52"/>
+      <c r="H22" s="50"/>
+      <c r="I22" s="51"/>
+      <c r="J22" s="52"/>
+      <c r="K22" s="50"/>
+      <c r="L22" s="51"/>
+      <c r="M22" s="52"/>
+      <c r="N22" s="50"/>
+      <c r="O22" s="51"/>
+      <c r="P22" s="52"/>
+      <c r="Q22" s="53">
+        <v>0</v>
+      </c>
+      <c r="R22" s="51"/>
+      <c r="S22" s="51"/>
+      <c r="T22" s="52"/>
+      <c r="U22" s="53">
+        <v>0</v>
+      </c>
+      <c r="V22" s="52"/>
+      <c r="W22" s="53">
+        <v>0</v>
+      </c>
+      <c r="X22" s="52"/>
+      <c r="Y22" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z22" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB22" s="65"/>
-[...2 lines deleted...]
-      <c r="A23" s="19">
+      <c r="AB22" s="52"/>
+    </row>
+    <row r="23" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A23" s="17">
         <v>17</v>
       </c>
-      <c r="B23" s="63"/>
-[...34 lines deleted...]
-      <c r="AA23" s="67">
+      <c r="B23" s="50"/>
+      <c r="C23" s="51"/>
+      <c r="D23" s="52"/>
+      <c r="E23" s="50"/>
+      <c r="F23" s="51"/>
+      <c r="G23" s="52"/>
+      <c r="H23" s="50"/>
+      <c r="I23" s="51"/>
+      <c r="J23" s="52"/>
+      <c r="K23" s="50"/>
+      <c r="L23" s="51"/>
+      <c r="M23" s="52"/>
+      <c r="N23" s="50"/>
+      <c r="O23" s="51"/>
+      <c r="P23" s="52"/>
+      <c r="Q23" s="53">
+        <v>0</v>
+      </c>
+      <c r="R23" s="51"/>
+      <c r="S23" s="51"/>
+      <c r="T23" s="52"/>
+      <c r="U23" s="53">
+        <v>0</v>
+      </c>
+      <c r="V23" s="52"/>
+      <c r="W23" s="53">
+        <v>0</v>
+      </c>
+      <c r="X23" s="52"/>
+      <c r="Y23" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z23" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB23" s="65"/>
-[...2 lines deleted...]
-      <c r="A24" s="19">
+      <c r="AB23" s="52"/>
+    </row>
+    <row r="24" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A24" s="17">
         <v>18</v>
       </c>
-      <c r="B24" s="63"/>
-[...34 lines deleted...]
-      <c r="AA24" s="67">
+      <c r="B24" s="50"/>
+      <c r="C24" s="51"/>
+      <c r="D24" s="52"/>
+      <c r="E24" s="50"/>
+      <c r="F24" s="51"/>
+      <c r="G24" s="52"/>
+      <c r="H24" s="50"/>
+      <c r="I24" s="51"/>
+      <c r="J24" s="52"/>
+      <c r="K24" s="50"/>
+      <c r="L24" s="51"/>
+      <c r="M24" s="52"/>
+      <c r="N24" s="50"/>
+      <c r="O24" s="51"/>
+      <c r="P24" s="52"/>
+      <c r="Q24" s="53">
+        <v>0</v>
+      </c>
+      <c r="R24" s="51"/>
+      <c r="S24" s="51"/>
+      <c r="T24" s="52"/>
+      <c r="U24" s="53">
+        <v>0</v>
+      </c>
+      <c r="V24" s="52"/>
+      <c r="W24" s="53">
+        <v>0</v>
+      </c>
+      <c r="X24" s="52"/>
+      <c r="Y24" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z24" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA24" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB24" s="65"/>
-[...2 lines deleted...]
-      <c r="A25" s="19">
+      <c r="AB24" s="52"/>
+    </row>
+    <row r="25" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A25" s="17">
         <v>19</v>
       </c>
-      <c r="B25" s="63"/>
-[...34 lines deleted...]
-      <c r="AA25" s="67">
+      <c r="B25" s="50"/>
+      <c r="C25" s="51"/>
+      <c r="D25" s="52"/>
+      <c r="E25" s="50"/>
+      <c r="F25" s="51"/>
+      <c r="G25" s="52"/>
+      <c r="H25" s="50"/>
+      <c r="I25" s="51"/>
+      <c r="J25" s="52"/>
+      <c r="K25" s="50"/>
+      <c r="L25" s="51"/>
+      <c r="M25" s="52"/>
+      <c r="N25" s="50"/>
+      <c r="O25" s="51"/>
+      <c r="P25" s="52"/>
+      <c r="Q25" s="53">
+        <v>0</v>
+      </c>
+      <c r="R25" s="51"/>
+      <c r="S25" s="51"/>
+      <c r="T25" s="52"/>
+      <c r="U25" s="53">
+        <v>0</v>
+      </c>
+      <c r="V25" s="52"/>
+      <c r="W25" s="53">
+        <v>0</v>
+      </c>
+      <c r="X25" s="52"/>
+      <c r="Y25" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z25" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA25" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB25" s="65"/>
-[...2 lines deleted...]
-      <c r="A26" s="19">
+      <c r="AB25" s="52"/>
+    </row>
+    <row r="26" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A26" s="17">
         <v>20</v>
       </c>
-      <c r="B26" s="63"/>
-[...34 lines deleted...]
-      <c r="AA26" s="67">
+      <c r="B26" s="50"/>
+      <c r="C26" s="51"/>
+      <c r="D26" s="52"/>
+      <c r="E26" s="50"/>
+      <c r="F26" s="51"/>
+      <c r="G26" s="52"/>
+      <c r="H26" s="50"/>
+      <c r="I26" s="51"/>
+      <c r="J26" s="52"/>
+      <c r="K26" s="50"/>
+      <c r="L26" s="51"/>
+      <c r="M26" s="52"/>
+      <c r="N26" s="50"/>
+      <c r="O26" s="51"/>
+      <c r="P26" s="52"/>
+      <c r="Q26" s="53">
+        <v>0</v>
+      </c>
+      <c r="R26" s="51"/>
+      <c r="S26" s="51"/>
+      <c r="T26" s="52"/>
+      <c r="U26" s="53">
+        <v>0</v>
+      </c>
+      <c r="V26" s="52"/>
+      <c r="W26" s="53">
+        <v>0</v>
+      </c>
+      <c r="X26" s="52"/>
+      <c r="Y26" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z26" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA26" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB26" s="65"/>
-[...2 lines deleted...]
-      <c r="A27" s="19">
+      <c r="AB26" s="52"/>
+    </row>
+    <row r="27" spans="1:28" ht="14.4">
+      <c r="A27" s="17">
         <v>21</v>
       </c>
-      <c r="B27" s="63"/>
-[...34 lines deleted...]
-      <c r="AA27" s="67">
+      <c r="B27" s="50"/>
+      <c r="C27" s="51"/>
+      <c r="D27" s="52"/>
+      <c r="E27" s="50"/>
+      <c r="F27" s="51"/>
+      <c r="G27" s="52"/>
+      <c r="H27" s="50"/>
+      <c r="I27" s="51"/>
+      <c r="J27" s="52"/>
+      <c r="K27" s="50"/>
+      <c r="L27" s="51"/>
+      <c r="M27" s="52"/>
+      <c r="N27" s="50"/>
+      <c r="O27" s="51"/>
+      <c r="P27" s="52"/>
+      <c r="Q27" s="53">
+        <v>0</v>
+      </c>
+      <c r="R27" s="51"/>
+      <c r="S27" s="51"/>
+      <c r="T27" s="52"/>
+      <c r="U27" s="53">
+        <v>0</v>
+      </c>
+      <c r="V27" s="52"/>
+      <c r="W27" s="53">
+        <v>0</v>
+      </c>
+      <c r="X27" s="52"/>
+      <c r="Y27" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z27" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA27" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB27" s="65"/>
-[...2 lines deleted...]
-      <c r="A28" s="19">
+      <c r="AB27" s="52"/>
+    </row>
+    <row r="28" spans="1:28" ht="14.4">
+      <c r="A28" s="17">
         <v>22</v>
       </c>
-      <c r="B28" s="63"/>
-[...34 lines deleted...]
-      <c r="AA28" s="67">
+      <c r="B28" s="50"/>
+      <c r="C28" s="51"/>
+      <c r="D28" s="52"/>
+      <c r="E28" s="50"/>
+      <c r="F28" s="51"/>
+      <c r="G28" s="52"/>
+      <c r="H28" s="50"/>
+      <c r="I28" s="51"/>
+      <c r="J28" s="52"/>
+      <c r="K28" s="50"/>
+      <c r="L28" s="51"/>
+      <c r="M28" s="52"/>
+      <c r="N28" s="50"/>
+      <c r="O28" s="51"/>
+      <c r="P28" s="52"/>
+      <c r="Q28" s="53">
+        <v>0</v>
+      </c>
+      <c r="R28" s="51"/>
+      <c r="S28" s="51"/>
+      <c r="T28" s="52"/>
+      <c r="U28" s="53">
+        <v>0</v>
+      </c>
+      <c r="V28" s="52"/>
+      <c r="W28" s="53">
+        <v>0</v>
+      </c>
+      <c r="X28" s="52"/>
+      <c r="Y28" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z28" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA28" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB28" s="65"/>
-[...2 lines deleted...]
-      <c r="A29" s="19">
+      <c r="AB28" s="52"/>
+    </row>
+    <row r="29" spans="1:28" ht="14.4">
+      <c r="A29" s="17">
         <v>23</v>
       </c>
-      <c r="B29" s="63"/>
-[...34 lines deleted...]
-      <c r="AA29" s="67">
+      <c r="B29" s="50"/>
+      <c r="C29" s="51"/>
+      <c r="D29" s="52"/>
+      <c r="E29" s="50"/>
+      <c r="F29" s="51"/>
+      <c r="G29" s="52"/>
+      <c r="H29" s="50"/>
+      <c r="I29" s="51"/>
+      <c r="J29" s="52"/>
+      <c r="K29" s="50"/>
+      <c r="L29" s="51"/>
+      <c r="M29" s="52"/>
+      <c r="N29" s="50"/>
+      <c r="O29" s="51"/>
+      <c r="P29" s="52"/>
+      <c r="Q29" s="53">
+        <v>0</v>
+      </c>
+      <c r="R29" s="51"/>
+      <c r="S29" s="51"/>
+      <c r="T29" s="52"/>
+      <c r="U29" s="53">
+        <v>0</v>
+      </c>
+      <c r="V29" s="52"/>
+      <c r="W29" s="53">
+        <v>0</v>
+      </c>
+      <c r="X29" s="52"/>
+      <c r="Y29" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z29" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA29" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB29" s="65"/>
-[...2 lines deleted...]
-      <c r="A30" s="19">
+      <c r="AB29" s="52"/>
+    </row>
+    <row r="30" spans="1:28" ht="14.4">
+      <c r="A30" s="17">
         <v>24</v>
       </c>
-      <c r="B30" s="63"/>
-[...34 lines deleted...]
-      <c r="AA30" s="67">
+      <c r="B30" s="50"/>
+      <c r="C30" s="51"/>
+      <c r="D30" s="52"/>
+      <c r="E30" s="50"/>
+      <c r="F30" s="51"/>
+      <c r="G30" s="52"/>
+      <c r="H30" s="50"/>
+      <c r="I30" s="51"/>
+      <c r="J30" s="52"/>
+      <c r="K30" s="50"/>
+      <c r="L30" s="51"/>
+      <c r="M30" s="52"/>
+      <c r="N30" s="50"/>
+      <c r="O30" s="51"/>
+      <c r="P30" s="52"/>
+      <c r="Q30" s="53">
+        <v>0</v>
+      </c>
+      <c r="R30" s="51"/>
+      <c r="S30" s="51"/>
+      <c r="T30" s="52"/>
+      <c r="U30" s="53">
+        <v>0</v>
+      </c>
+      <c r="V30" s="52"/>
+      <c r="W30" s="53">
+        <v>0</v>
+      </c>
+      <c r="X30" s="52"/>
+      <c r="Y30" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z30" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA30" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB30" s="65"/>
-[...2 lines deleted...]
-      <c r="A31" s="19">
+      <c r="AB30" s="52"/>
+    </row>
+    <row r="31" spans="1:28" ht="14.4">
+      <c r="A31" s="17">
         <v>25</v>
       </c>
-      <c r="B31" s="63"/>
-[...34 lines deleted...]
-      <c r="AA31" s="67">
+      <c r="B31" s="50"/>
+      <c r="C31" s="51"/>
+      <c r="D31" s="52"/>
+      <c r="E31" s="50"/>
+      <c r="F31" s="51"/>
+      <c r="G31" s="52"/>
+      <c r="H31" s="50"/>
+      <c r="I31" s="51"/>
+      <c r="J31" s="52"/>
+      <c r="K31" s="50"/>
+      <c r="L31" s="51"/>
+      <c r="M31" s="52"/>
+      <c r="N31" s="50"/>
+      <c r="O31" s="51"/>
+      <c r="P31" s="52"/>
+      <c r="Q31" s="53">
+        <v>0</v>
+      </c>
+      <c r="R31" s="51"/>
+      <c r="S31" s="51"/>
+      <c r="T31" s="52"/>
+      <c r="U31" s="53">
+        <v>0</v>
+      </c>
+      <c r="V31" s="52"/>
+      <c r="W31" s="53">
+        <v>0</v>
+      </c>
+      <c r="X31" s="52"/>
+      <c r="Y31" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z31" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA31" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB31" s="65"/>
-[...2 lines deleted...]
-      <c r="A32" s="19">
+      <c r="AB31" s="52"/>
+    </row>
+    <row r="32" spans="1:28" ht="14.4">
+      <c r="A32" s="17">
         <v>26</v>
       </c>
-      <c r="B32" s="63"/>
-[...34 lines deleted...]
-      <c r="AA32" s="67">
+      <c r="B32" s="50"/>
+      <c r="C32" s="51"/>
+      <c r="D32" s="52"/>
+      <c r="E32" s="50"/>
+      <c r="F32" s="51"/>
+      <c r="G32" s="52"/>
+      <c r="H32" s="50"/>
+      <c r="I32" s="51"/>
+      <c r="J32" s="52"/>
+      <c r="K32" s="50"/>
+      <c r="L32" s="51"/>
+      <c r="M32" s="52"/>
+      <c r="N32" s="50"/>
+      <c r="O32" s="51"/>
+      <c r="P32" s="52"/>
+      <c r="Q32" s="53">
+        <v>0</v>
+      </c>
+      <c r="R32" s="51"/>
+      <c r="S32" s="51"/>
+      <c r="T32" s="52"/>
+      <c r="U32" s="53">
+        <v>0</v>
+      </c>
+      <c r="V32" s="52"/>
+      <c r="W32" s="53">
+        <v>0</v>
+      </c>
+      <c r="X32" s="52"/>
+      <c r="Y32" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z32" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA32" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB32" s="65"/>
-[...2 lines deleted...]
-      <c r="A33" s="19">
+      <c r="AB32" s="52"/>
+    </row>
+    <row r="33" spans="1:28" ht="14.4">
+      <c r="A33" s="17">
         <v>27</v>
       </c>
-      <c r="B33" s="63"/>
-[...34 lines deleted...]
-      <c r="AA33" s="67">
+      <c r="B33" s="50"/>
+      <c r="C33" s="51"/>
+      <c r="D33" s="52"/>
+      <c r="E33" s="50"/>
+      <c r="F33" s="51"/>
+      <c r="G33" s="52"/>
+      <c r="H33" s="50"/>
+      <c r="I33" s="51"/>
+      <c r="J33" s="52"/>
+      <c r="K33" s="50"/>
+      <c r="L33" s="51"/>
+      <c r="M33" s="52"/>
+      <c r="N33" s="50"/>
+      <c r="O33" s="51"/>
+      <c r="P33" s="52"/>
+      <c r="Q33" s="53">
+        <v>0</v>
+      </c>
+      <c r="R33" s="51"/>
+      <c r="S33" s="51"/>
+      <c r="T33" s="52"/>
+      <c r="U33" s="53">
+        <v>0</v>
+      </c>
+      <c r="V33" s="52"/>
+      <c r="W33" s="53">
+        <v>0</v>
+      </c>
+      <c r="X33" s="52"/>
+      <c r="Y33" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z33" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA33" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB33" s="65"/>
-[...2 lines deleted...]
-      <c r="A34" s="19">
+      <c r="AB33" s="52"/>
+    </row>
+    <row r="34" spans="1:28" ht="14.4">
+      <c r="A34" s="17">
         <v>28</v>
       </c>
-      <c r="B34" s="63"/>
-[...34 lines deleted...]
-      <c r="AA34" s="67">
+      <c r="B34" s="50"/>
+      <c r="C34" s="51"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="50"/>
+      <c r="F34" s="51"/>
+      <c r="G34" s="52"/>
+      <c r="H34" s="50"/>
+      <c r="I34" s="51"/>
+      <c r="J34" s="52"/>
+      <c r="K34" s="50"/>
+      <c r="L34" s="51"/>
+      <c r="M34" s="52"/>
+      <c r="N34" s="50"/>
+      <c r="O34" s="51"/>
+      <c r="P34" s="52"/>
+      <c r="Q34" s="53">
+        <v>0</v>
+      </c>
+      <c r="R34" s="51"/>
+      <c r="S34" s="51"/>
+      <c r="T34" s="52"/>
+      <c r="U34" s="53">
+        <v>0</v>
+      </c>
+      <c r="V34" s="52"/>
+      <c r="W34" s="53">
+        <v>0</v>
+      </c>
+      <c r="X34" s="52"/>
+      <c r="Y34" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z34" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA34" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB34" s="65"/>
-[...2 lines deleted...]
-      <c r="A35" s="19">
+      <c r="AB34" s="52"/>
+    </row>
+    <row r="35" spans="1:28" ht="14.4">
+      <c r="A35" s="17">
         <v>29</v>
       </c>
-      <c r="B35" s="63"/>
-[...34 lines deleted...]
-      <c r="AA35" s="67">
+      <c r="B35" s="50"/>
+      <c r="C35" s="51"/>
+      <c r="D35" s="52"/>
+      <c r="E35" s="50"/>
+      <c r="F35" s="51"/>
+      <c r="G35" s="52"/>
+      <c r="H35" s="50"/>
+      <c r="I35" s="51"/>
+      <c r="J35" s="52"/>
+      <c r="K35" s="50"/>
+      <c r="L35" s="51"/>
+      <c r="M35" s="52"/>
+      <c r="N35" s="50"/>
+      <c r="O35" s="51"/>
+      <c r="P35" s="52"/>
+      <c r="Q35" s="53">
+        <v>0</v>
+      </c>
+      <c r="R35" s="51"/>
+      <c r="S35" s="51"/>
+      <c r="T35" s="52"/>
+      <c r="U35" s="53">
+        <v>0</v>
+      </c>
+      <c r="V35" s="52"/>
+      <c r="W35" s="53">
+        <v>0</v>
+      </c>
+      <c r="X35" s="52"/>
+      <c r="Y35" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z35" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA35" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB35" s="65"/>
-[...2 lines deleted...]
-      <c r="A36" s="19">
+      <c r="AB35" s="52"/>
+    </row>
+    <row r="36" spans="1:28" ht="14.4">
+      <c r="A36" s="17">
         <v>30</v>
       </c>
-      <c r="B36" s="63"/>
-[...34 lines deleted...]
-      <c r="AA36" s="67">
+      <c r="B36" s="50"/>
+      <c r="C36" s="51"/>
+      <c r="D36" s="52"/>
+      <c r="E36" s="50"/>
+      <c r="F36" s="51"/>
+      <c r="G36" s="52"/>
+      <c r="H36" s="50"/>
+      <c r="I36" s="51"/>
+      <c r="J36" s="52"/>
+      <c r="K36" s="50"/>
+      <c r="L36" s="51"/>
+      <c r="M36" s="52"/>
+      <c r="N36" s="50"/>
+      <c r="O36" s="51"/>
+      <c r="P36" s="52"/>
+      <c r="Q36" s="53">
+        <v>0</v>
+      </c>
+      <c r="R36" s="51"/>
+      <c r="S36" s="51"/>
+      <c r="T36" s="52"/>
+      <c r="U36" s="53">
+        <v>0</v>
+      </c>
+      <c r="V36" s="52"/>
+      <c r="W36" s="53">
+        <v>0</v>
+      </c>
+      <c r="X36" s="52"/>
+      <c r="Y36" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z36" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA36" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB36" s="65"/>
-[...2 lines deleted...]
-      <c r="A37" s="19">
+      <c r="AB36" s="52"/>
+    </row>
+    <row r="37" spans="1:28" ht="14.4">
+      <c r="A37" s="17">
         <v>31</v>
       </c>
-      <c r="B37" s="63"/>
-[...34 lines deleted...]
-      <c r="AA37" s="67">
+      <c r="B37" s="50"/>
+      <c r="C37" s="51"/>
+      <c r="D37" s="52"/>
+      <c r="E37" s="50"/>
+      <c r="F37" s="51"/>
+      <c r="G37" s="52"/>
+      <c r="H37" s="50"/>
+      <c r="I37" s="51"/>
+      <c r="J37" s="52"/>
+      <c r="K37" s="50"/>
+      <c r="L37" s="51"/>
+      <c r="M37" s="52"/>
+      <c r="N37" s="50"/>
+      <c r="O37" s="51"/>
+      <c r="P37" s="52"/>
+      <c r="Q37" s="53">
+        <v>0</v>
+      </c>
+      <c r="R37" s="51"/>
+      <c r="S37" s="51"/>
+      <c r="T37" s="52"/>
+      <c r="U37" s="53">
+        <v>0</v>
+      </c>
+      <c r="V37" s="52"/>
+      <c r="W37" s="53">
+        <v>0</v>
+      </c>
+      <c r="X37" s="52"/>
+      <c r="Y37" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z37" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA37" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB37" s="65"/>
-[...2 lines deleted...]
-      <c r="A38" s="19">
+      <c r="AB37" s="52"/>
+    </row>
+    <row r="38" spans="1:28" ht="14.4">
+      <c r="A38" s="17">
         <v>32</v>
       </c>
-      <c r="B38" s="63"/>
-[...34 lines deleted...]
-      <c r="AA38" s="67">
+      <c r="B38" s="50"/>
+      <c r="C38" s="51"/>
+      <c r="D38" s="52"/>
+      <c r="E38" s="50"/>
+      <c r="F38" s="51"/>
+      <c r="G38" s="52"/>
+      <c r="H38" s="50"/>
+      <c r="I38" s="51"/>
+      <c r="J38" s="52"/>
+      <c r="K38" s="50"/>
+      <c r="L38" s="51"/>
+      <c r="M38" s="52"/>
+      <c r="N38" s="50"/>
+      <c r="O38" s="51"/>
+      <c r="P38" s="52"/>
+      <c r="Q38" s="53">
+        <v>0</v>
+      </c>
+      <c r="R38" s="51"/>
+      <c r="S38" s="51"/>
+      <c r="T38" s="52"/>
+      <c r="U38" s="53">
+        <v>0</v>
+      </c>
+      <c r="V38" s="52"/>
+      <c r="W38" s="53">
+        <v>0</v>
+      </c>
+      <c r="X38" s="52"/>
+      <c r="Y38" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z38" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA38" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB38" s="65"/>
-[...2 lines deleted...]
-      <c r="A39" s="19">
+      <c r="AB38" s="52"/>
+    </row>
+    <row r="39" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A39" s="17">
         <v>33</v>
       </c>
-      <c r="B39" s="63"/>
-[...34 lines deleted...]
-      <c r="AA39" s="67">
+      <c r="B39" s="50"/>
+      <c r="C39" s="51"/>
+      <c r="D39" s="52"/>
+      <c r="E39" s="50"/>
+      <c r="F39" s="51"/>
+      <c r="G39" s="52"/>
+      <c r="H39" s="50"/>
+      <c r="I39" s="51"/>
+      <c r="J39" s="52"/>
+      <c r="K39" s="50"/>
+      <c r="L39" s="51"/>
+      <c r="M39" s="52"/>
+      <c r="N39" s="50"/>
+      <c r="O39" s="51"/>
+      <c r="P39" s="52"/>
+      <c r="Q39" s="53">
+        <v>0</v>
+      </c>
+      <c r="R39" s="51"/>
+      <c r="S39" s="51"/>
+      <c r="T39" s="52"/>
+      <c r="U39" s="53">
+        <v>0</v>
+      </c>
+      <c r="V39" s="52"/>
+      <c r="W39" s="53">
+        <v>0</v>
+      </c>
+      <c r="X39" s="52"/>
+      <c r="Y39" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z39" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA39" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB39" s="65"/>
-[...2 lines deleted...]
-      <c r="A40" s="19">
+      <c r="AB39" s="52"/>
+    </row>
+    <row r="40" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A40" s="17">
         <v>34</v>
       </c>
-      <c r="B40" s="63"/>
-[...34 lines deleted...]
-      <c r="AA40" s="67">
+      <c r="B40" s="50"/>
+      <c r="C40" s="51"/>
+      <c r="D40" s="52"/>
+      <c r="E40" s="50"/>
+      <c r="F40" s="51"/>
+      <c r="G40" s="52"/>
+      <c r="H40" s="50"/>
+      <c r="I40" s="51"/>
+      <c r="J40" s="52"/>
+      <c r="K40" s="50"/>
+      <c r="L40" s="51"/>
+      <c r="M40" s="52"/>
+      <c r="N40" s="50"/>
+      <c r="O40" s="51"/>
+      <c r="P40" s="52"/>
+      <c r="Q40" s="53">
+        <v>0</v>
+      </c>
+      <c r="R40" s="51"/>
+      <c r="S40" s="51"/>
+      <c r="T40" s="52"/>
+      <c r="U40" s="53">
+        <v>0</v>
+      </c>
+      <c r="V40" s="52"/>
+      <c r="W40" s="53">
+        <v>0</v>
+      </c>
+      <c r="X40" s="52"/>
+      <c r="Y40" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z40" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA40" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB40" s="65"/>
-[...2 lines deleted...]
-      <c r="A41" s="19">
+      <c r="AB40" s="52"/>
+    </row>
+    <row r="41" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A41" s="17">
         <v>35</v>
       </c>
-      <c r="B41" s="63"/>
-[...34 lines deleted...]
-      <c r="AA41" s="67">
+      <c r="B41" s="50"/>
+      <c r="C41" s="51"/>
+      <c r="D41" s="52"/>
+      <c r="E41" s="50"/>
+      <c r="F41" s="51"/>
+      <c r="G41" s="52"/>
+      <c r="H41" s="50"/>
+      <c r="I41" s="51"/>
+      <c r="J41" s="52"/>
+      <c r="K41" s="50"/>
+      <c r="L41" s="51"/>
+      <c r="M41" s="52"/>
+      <c r="N41" s="50"/>
+      <c r="O41" s="51"/>
+      <c r="P41" s="52"/>
+      <c r="Q41" s="53">
+        <v>0</v>
+      </c>
+      <c r="R41" s="51"/>
+      <c r="S41" s="51"/>
+      <c r="T41" s="52"/>
+      <c r="U41" s="53">
+        <v>0</v>
+      </c>
+      <c r="V41" s="52"/>
+      <c r="W41" s="53">
+        <v>0</v>
+      </c>
+      <c r="X41" s="52"/>
+      <c r="Y41" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z41" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA41" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB41" s="65"/>
-[...2 lines deleted...]
-      <c r="A42" s="19">
+      <c r="AB41" s="52"/>
+    </row>
+    <row r="42" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A42" s="17">
         <v>36</v>
       </c>
-      <c r="B42" s="63"/>
-[...34 lines deleted...]
-      <c r="AA42" s="67">
+      <c r="B42" s="50"/>
+      <c r="C42" s="51"/>
+      <c r="D42" s="52"/>
+      <c r="E42" s="50"/>
+      <c r="F42" s="51"/>
+      <c r="G42" s="52"/>
+      <c r="H42" s="50"/>
+      <c r="I42" s="51"/>
+      <c r="J42" s="52"/>
+      <c r="K42" s="50"/>
+      <c r="L42" s="51"/>
+      <c r="M42" s="52"/>
+      <c r="N42" s="50"/>
+      <c r="O42" s="51"/>
+      <c r="P42" s="52"/>
+      <c r="Q42" s="53">
+        <v>0</v>
+      </c>
+      <c r="R42" s="51"/>
+      <c r="S42" s="51"/>
+      <c r="T42" s="52"/>
+      <c r="U42" s="53">
+        <v>0</v>
+      </c>
+      <c r="V42" s="52"/>
+      <c r="W42" s="53">
+        <v>0</v>
+      </c>
+      <c r="X42" s="52"/>
+      <c r="Y42" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z42" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA42" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB42" s="65"/>
-[...2 lines deleted...]
-      <c r="A43" s="19">
+      <c r="AB42" s="52"/>
+    </row>
+    <row r="43" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A43" s="17">
         <v>37</v>
       </c>
-      <c r="B43" s="63"/>
-[...34 lines deleted...]
-      <c r="AA43" s="67">
+      <c r="B43" s="50"/>
+      <c r="C43" s="51"/>
+      <c r="D43" s="52"/>
+      <c r="E43" s="50"/>
+      <c r="F43" s="51"/>
+      <c r="G43" s="52"/>
+      <c r="H43" s="50"/>
+      <c r="I43" s="51"/>
+      <c r="J43" s="52"/>
+      <c r="K43" s="50"/>
+      <c r="L43" s="51"/>
+      <c r="M43" s="52"/>
+      <c r="N43" s="50"/>
+      <c r="O43" s="51"/>
+      <c r="P43" s="52"/>
+      <c r="Q43" s="53">
+        <v>0</v>
+      </c>
+      <c r="R43" s="51"/>
+      <c r="S43" s="51"/>
+      <c r="T43" s="52"/>
+      <c r="U43" s="53">
+        <v>0</v>
+      </c>
+      <c r="V43" s="52"/>
+      <c r="W43" s="53">
+        <v>0</v>
+      </c>
+      <c r="X43" s="52"/>
+      <c r="Y43" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z43" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA43" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB43" s="65"/>
-[...2 lines deleted...]
-      <c r="A44" s="19">
+      <c r="AB43" s="52"/>
+    </row>
+    <row r="44" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A44" s="17">
         <v>38</v>
       </c>
-      <c r="B44" s="63"/>
-[...34 lines deleted...]
-      <c r="AA44" s="67">
+      <c r="B44" s="50"/>
+      <c r="C44" s="51"/>
+      <c r="D44" s="52"/>
+      <c r="E44" s="50"/>
+      <c r="F44" s="51"/>
+      <c r="G44" s="52"/>
+      <c r="H44" s="50"/>
+      <c r="I44" s="51"/>
+      <c r="J44" s="52"/>
+      <c r="K44" s="50"/>
+      <c r="L44" s="51"/>
+      <c r="M44" s="52"/>
+      <c r="N44" s="50"/>
+      <c r="O44" s="51"/>
+      <c r="P44" s="52"/>
+      <c r="Q44" s="53">
+        <v>0</v>
+      </c>
+      <c r="R44" s="51"/>
+      <c r="S44" s="51"/>
+      <c r="T44" s="52"/>
+      <c r="U44" s="53">
+        <v>0</v>
+      </c>
+      <c r="V44" s="52"/>
+      <c r="W44" s="53">
+        <v>0</v>
+      </c>
+      <c r="X44" s="52"/>
+      <c r="Y44" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z44" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA44" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB44" s="65"/>
-[...2 lines deleted...]
-      <c r="A45" s="19">
+      <c r="AB44" s="52"/>
+    </row>
+    <row r="45" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A45" s="17">
         <v>39</v>
       </c>
-      <c r="B45" s="63"/>
-[...34 lines deleted...]
-      <c r="AA45" s="67">
+      <c r="B45" s="50"/>
+      <c r="C45" s="51"/>
+      <c r="D45" s="52"/>
+      <c r="E45" s="50"/>
+      <c r="F45" s="51"/>
+      <c r="G45" s="52"/>
+      <c r="H45" s="50"/>
+      <c r="I45" s="51"/>
+      <c r="J45" s="52"/>
+      <c r="K45" s="50"/>
+      <c r="L45" s="51"/>
+      <c r="M45" s="52"/>
+      <c r="N45" s="50"/>
+      <c r="O45" s="51"/>
+      <c r="P45" s="52"/>
+      <c r="Q45" s="53">
+        <v>0</v>
+      </c>
+      <c r="R45" s="51"/>
+      <c r="S45" s="51"/>
+      <c r="T45" s="52"/>
+      <c r="U45" s="53">
+        <v>0</v>
+      </c>
+      <c r="V45" s="52"/>
+      <c r="W45" s="53">
+        <v>0</v>
+      </c>
+      <c r="X45" s="52"/>
+      <c r="Y45" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z45" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA45" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB45" s="65"/>
-[...2 lines deleted...]
-      <c r="A46" s="19">
+      <c r="AB45" s="52"/>
+    </row>
+    <row r="46" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A46" s="17">
         <v>40</v>
       </c>
-      <c r="B46" s="63"/>
-[...34 lines deleted...]
-      <c r="AA46" s="67">
+      <c r="B46" s="50"/>
+      <c r="C46" s="51"/>
+      <c r="D46" s="52"/>
+      <c r="E46" s="50"/>
+      <c r="F46" s="51"/>
+      <c r="G46" s="52"/>
+      <c r="H46" s="50"/>
+      <c r="I46" s="51"/>
+      <c r="J46" s="52"/>
+      <c r="K46" s="50"/>
+      <c r="L46" s="51"/>
+      <c r="M46" s="52"/>
+      <c r="N46" s="50"/>
+      <c r="O46" s="51"/>
+      <c r="P46" s="52"/>
+      <c r="Q46" s="53">
+        <v>0</v>
+      </c>
+      <c r="R46" s="51"/>
+      <c r="S46" s="51"/>
+      <c r="T46" s="52"/>
+      <c r="U46" s="60"/>
+      <c r="V46" s="52"/>
+      <c r="W46" s="60"/>
+      <c r="X46" s="52"/>
+      <c r="Y46" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z46" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA46" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB46" s="65"/>
-[...2 lines deleted...]
-      <c r="A47" s="19">
+      <c r="AB46" s="52"/>
+    </row>
+    <row r="47" spans="1:28" ht="14.4">
+      <c r="A47" s="17">
         <v>41</v>
       </c>
-      <c r="B47" s="63"/>
-[...34 lines deleted...]
-      <c r="AA47" s="67">
+      <c r="B47" s="50"/>
+      <c r="C47" s="51"/>
+      <c r="D47" s="52"/>
+      <c r="E47" s="50"/>
+      <c r="F47" s="51"/>
+      <c r="G47" s="52"/>
+      <c r="H47" s="50"/>
+      <c r="I47" s="51"/>
+      <c r="J47" s="52"/>
+      <c r="K47" s="50"/>
+      <c r="L47" s="51"/>
+      <c r="M47" s="52"/>
+      <c r="N47" s="50"/>
+      <c r="O47" s="51"/>
+      <c r="P47" s="52"/>
+      <c r="Q47" s="53">
+        <v>0</v>
+      </c>
+      <c r="R47" s="51"/>
+      <c r="S47" s="51"/>
+      <c r="T47" s="52"/>
+      <c r="U47" s="53">
+        <v>0</v>
+      </c>
+      <c r="V47" s="52"/>
+      <c r="W47" s="53">
+        <v>0</v>
+      </c>
+      <c r="X47" s="52"/>
+      <c r="Y47" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z47" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA47" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB47" s="65"/>
-[...2 lines deleted...]
-      <c r="A48" s="19">
+      <c r="AB47" s="52"/>
+    </row>
+    <row r="48" spans="1:28" ht="14.4">
+      <c r="A48" s="17">
         <v>42</v>
       </c>
-      <c r="B48" s="63"/>
-[...34 lines deleted...]
-      <c r="AA48" s="67">
+      <c r="B48" s="50"/>
+      <c r="C48" s="51"/>
+      <c r="D48" s="52"/>
+      <c r="E48" s="50"/>
+      <c r="F48" s="51"/>
+      <c r="G48" s="52"/>
+      <c r="H48" s="50"/>
+      <c r="I48" s="51"/>
+      <c r="J48" s="52"/>
+      <c r="K48" s="50"/>
+      <c r="L48" s="51"/>
+      <c r="M48" s="52"/>
+      <c r="N48" s="50"/>
+      <c r="O48" s="51"/>
+      <c r="P48" s="52"/>
+      <c r="Q48" s="53">
+        <v>0</v>
+      </c>
+      <c r="R48" s="51"/>
+      <c r="S48" s="51"/>
+      <c r="T48" s="52"/>
+      <c r="U48" s="53">
+        <v>0</v>
+      </c>
+      <c r="V48" s="52"/>
+      <c r="W48" s="53">
+        <v>0</v>
+      </c>
+      <c r="X48" s="52"/>
+      <c r="Y48" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z48" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA48" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB48" s="65"/>
-[...2 lines deleted...]
-      <c r="A49" s="19">
+      <c r="AB48" s="52"/>
+    </row>
+    <row r="49" spans="1:28" ht="14.4">
+      <c r="A49" s="17">
         <v>43</v>
       </c>
-      <c r="B49" s="63"/>
-[...34 lines deleted...]
-      <c r="AA49" s="67">
+      <c r="B49" s="50"/>
+      <c r="C49" s="51"/>
+      <c r="D49" s="52"/>
+      <c r="E49" s="50"/>
+      <c r="F49" s="51"/>
+      <c r="G49" s="52"/>
+      <c r="H49" s="50"/>
+      <c r="I49" s="51"/>
+      <c r="J49" s="52"/>
+      <c r="K49" s="50"/>
+      <c r="L49" s="51"/>
+      <c r="M49" s="52"/>
+      <c r="N49" s="50"/>
+      <c r="O49" s="51"/>
+      <c r="P49" s="52"/>
+      <c r="Q49" s="53">
+        <v>0</v>
+      </c>
+      <c r="R49" s="51"/>
+      <c r="S49" s="51"/>
+      <c r="T49" s="52"/>
+      <c r="U49" s="53">
+        <v>0</v>
+      </c>
+      <c r="V49" s="52"/>
+      <c r="W49" s="53">
+        <v>0</v>
+      </c>
+      <c r="X49" s="52"/>
+      <c r="Y49" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z49" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA49" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB49" s="65"/>
-[...2 lines deleted...]
-      <c r="A50" s="19">
+      <c r="AB49" s="52"/>
+    </row>
+    <row r="50" spans="1:28" ht="14.4">
+      <c r="A50" s="17">
         <v>44</v>
       </c>
-      <c r="B50" s="63"/>
-[...34 lines deleted...]
-      <c r="AA50" s="67">
+      <c r="B50" s="50"/>
+      <c r="C50" s="51"/>
+      <c r="D50" s="52"/>
+      <c r="E50" s="50"/>
+      <c r="F50" s="51"/>
+      <c r="G50" s="52"/>
+      <c r="H50" s="50"/>
+      <c r="I50" s="51"/>
+      <c r="J50" s="52"/>
+      <c r="K50" s="50"/>
+      <c r="L50" s="51"/>
+      <c r="M50" s="52"/>
+      <c r="N50" s="50"/>
+      <c r="O50" s="51"/>
+      <c r="P50" s="52"/>
+      <c r="Q50" s="53">
+        <v>0</v>
+      </c>
+      <c r="R50" s="51"/>
+      <c r="S50" s="51"/>
+      <c r="T50" s="52"/>
+      <c r="U50" s="53">
+        <v>0</v>
+      </c>
+      <c r="V50" s="52"/>
+      <c r="W50" s="53">
+        <v>0</v>
+      </c>
+      <c r="X50" s="52"/>
+      <c r="Y50" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z50" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA50" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB50" s="65"/>
-[...2 lines deleted...]
-      <c r="A51" s="19">
+      <c r="AB50" s="52"/>
+    </row>
+    <row r="51" spans="1:28" ht="14.4">
+      <c r="A51" s="17">
         <v>45</v>
       </c>
-      <c r="B51" s="63"/>
-[...34 lines deleted...]
-      <c r="AA51" s="67">
+      <c r="B51" s="50"/>
+      <c r="C51" s="51"/>
+      <c r="D51" s="52"/>
+      <c r="E51" s="50"/>
+      <c r="F51" s="51"/>
+      <c r="G51" s="52"/>
+      <c r="H51" s="50"/>
+      <c r="I51" s="51"/>
+      <c r="J51" s="52"/>
+      <c r="K51" s="50"/>
+      <c r="L51" s="51"/>
+      <c r="M51" s="52"/>
+      <c r="N51" s="50"/>
+      <c r="O51" s="51"/>
+      <c r="P51" s="52"/>
+      <c r="Q51" s="53">
+        <v>0</v>
+      </c>
+      <c r="R51" s="51"/>
+      <c r="S51" s="51"/>
+      <c r="T51" s="52"/>
+      <c r="U51" s="53">
+        <v>0</v>
+      </c>
+      <c r="V51" s="52"/>
+      <c r="W51" s="53">
+        <v>0</v>
+      </c>
+      <c r="X51" s="52"/>
+      <c r="Y51" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z51" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA51" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB51" s="65"/>
-[...2 lines deleted...]
-      <c r="A52" s="19">
+      <c r="AB51" s="52"/>
+    </row>
+    <row r="52" spans="1:28" ht="14.4">
+      <c r="A52" s="17">
         <v>46</v>
       </c>
-      <c r="B52" s="63"/>
-[...34 lines deleted...]
-      <c r="AA52" s="67">
+      <c r="B52" s="50"/>
+      <c r="C52" s="51"/>
+      <c r="D52" s="52"/>
+      <c r="E52" s="50"/>
+      <c r="F52" s="51"/>
+      <c r="G52" s="52"/>
+      <c r="H52" s="50"/>
+      <c r="I52" s="51"/>
+      <c r="J52" s="52"/>
+      <c r="K52" s="50"/>
+      <c r="L52" s="51"/>
+      <c r="M52" s="52"/>
+      <c r="N52" s="50"/>
+      <c r="O52" s="51"/>
+      <c r="P52" s="52"/>
+      <c r="Q52" s="53">
+        <v>0</v>
+      </c>
+      <c r="R52" s="51"/>
+      <c r="S52" s="51"/>
+      <c r="T52" s="52"/>
+      <c r="U52" s="53">
+        <v>0</v>
+      </c>
+      <c r="V52" s="52"/>
+      <c r="W52" s="53">
+        <v>0</v>
+      </c>
+      <c r="X52" s="52"/>
+      <c r="Y52" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z52" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA52" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB52" s="65"/>
-[...2 lines deleted...]
-      <c r="A53" s="19">
+      <c r="AB52" s="52"/>
+    </row>
+    <row r="53" spans="1:28" ht="14.4">
+      <c r="A53" s="17">
         <v>47</v>
       </c>
-      <c r="B53" s="63"/>
-[...34 lines deleted...]
-      <c r="AA53" s="67">
+      <c r="B53" s="50"/>
+      <c r="C53" s="51"/>
+      <c r="D53" s="52"/>
+      <c r="E53" s="50"/>
+      <c r="F53" s="51"/>
+      <c r="G53" s="52"/>
+      <c r="H53" s="50"/>
+      <c r="I53" s="51"/>
+      <c r="J53" s="52"/>
+      <c r="K53" s="50"/>
+      <c r="L53" s="51"/>
+      <c r="M53" s="52"/>
+      <c r="N53" s="50"/>
+      <c r="O53" s="51"/>
+      <c r="P53" s="52"/>
+      <c r="Q53" s="53">
+        <v>0</v>
+      </c>
+      <c r="R53" s="51"/>
+      <c r="S53" s="51"/>
+      <c r="T53" s="52"/>
+      <c r="U53" s="53">
+        <v>0</v>
+      </c>
+      <c r="V53" s="52"/>
+      <c r="W53" s="53">
+        <v>0</v>
+      </c>
+      <c r="X53" s="52"/>
+      <c r="Y53" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z53" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA53" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB53" s="65"/>
-[...2 lines deleted...]
-      <c r="A54" s="19">
+      <c r="AB53" s="52"/>
+    </row>
+    <row r="54" spans="1:28" ht="14.4">
+      <c r="A54" s="17">
         <v>48</v>
       </c>
-      <c r="B54" s="63"/>
-[...34 lines deleted...]
-      <c r="AA54" s="67">
+      <c r="B54" s="50"/>
+      <c r="C54" s="51"/>
+      <c r="D54" s="52"/>
+      <c r="E54" s="50"/>
+      <c r="F54" s="51"/>
+      <c r="G54" s="52"/>
+      <c r="H54" s="50"/>
+      <c r="I54" s="51"/>
+      <c r="J54" s="52"/>
+      <c r="K54" s="50"/>
+      <c r="L54" s="51"/>
+      <c r="M54" s="52"/>
+      <c r="N54" s="50"/>
+      <c r="O54" s="51"/>
+      <c r="P54" s="52"/>
+      <c r="Q54" s="53">
+        <v>0</v>
+      </c>
+      <c r="R54" s="51"/>
+      <c r="S54" s="51"/>
+      <c r="T54" s="52"/>
+      <c r="U54" s="53">
+        <v>0</v>
+      </c>
+      <c r="V54" s="52"/>
+      <c r="W54" s="53">
+        <v>0</v>
+      </c>
+      <c r="X54" s="52"/>
+      <c r="Y54" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z54" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA54" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB54" s="65"/>
-[...2 lines deleted...]
-      <c r="A55" s="19">
+      <c r="AB54" s="52"/>
+    </row>
+    <row r="55" spans="1:28" ht="14.4">
+      <c r="A55" s="17">
         <v>49</v>
       </c>
-      <c r="B55" s="63"/>
-[...34 lines deleted...]
-      <c r="AA55" s="67">
+      <c r="B55" s="50"/>
+      <c r="C55" s="51"/>
+      <c r="D55" s="52"/>
+      <c r="E55" s="50"/>
+      <c r="F55" s="51"/>
+      <c r="G55" s="52"/>
+      <c r="H55" s="50"/>
+      <c r="I55" s="51"/>
+      <c r="J55" s="52"/>
+      <c r="K55" s="50"/>
+      <c r="L55" s="51"/>
+      <c r="M55" s="52"/>
+      <c r="N55" s="50"/>
+      <c r="O55" s="51"/>
+      <c r="P55" s="52"/>
+      <c r="Q55" s="53">
+        <v>0</v>
+      </c>
+      <c r="R55" s="51"/>
+      <c r="S55" s="51"/>
+      <c r="T55" s="52"/>
+      <c r="U55" s="53">
+        <v>0</v>
+      </c>
+      <c r="V55" s="52"/>
+      <c r="W55" s="53">
+        <v>0</v>
+      </c>
+      <c r="X55" s="52"/>
+      <c r="Y55" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z55" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA55" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB55" s="65"/>
-[...2 lines deleted...]
-      <c r="A56" s="19">
+      <c r="AB55" s="52"/>
+    </row>
+    <row r="56" spans="1:28" ht="14.4">
+      <c r="A56" s="17">
         <v>50</v>
       </c>
-      <c r="B56" s="63"/>
-[...34 lines deleted...]
-      <c r="AA56" s="67">
+      <c r="B56" s="50"/>
+      <c r="C56" s="51"/>
+      <c r="D56" s="52"/>
+      <c r="E56" s="50"/>
+      <c r="F56" s="51"/>
+      <c r="G56" s="52"/>
+      <c r="H56" s="50"/>
+      <c r="I56" s="51"/>
+      <c r="J56" s="52"/>
+      <c r="K56" s="50"/>
+      <c r="L56" s="51"/>
+      <c r="M56" s="52"/>
+      <c r="N56" s="50"/>
+      <c r="O56" s="51"/>
+      <c r="P56" s="52"/>
+      <c r="Q56" s="53">
+        <v>0</v>
+      </c>
+      <c r="R56" s="51"/>
+      <c r="S56" s="51"/>
+      <c r="T56" s="52"/>
+      <c r="U56" s="53">
+        <v>0</v>
+      </c>
+      <c r="V56" s="52"/>
+      <c r="W56" s="53">
+        <v>0</v>
+      </c>
+      <c r="X56" s="52"/>
+      <c r="Y56" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z56" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA56" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB56" s="65"/>
-[...2 lines deleted...]
-      <c r="A57" s="19">
+      <c r="AB56" s="52"/>
+    </row>
+    <row r="57" spans="1:28" ht="14.4">
+      <c r="A57" s="17">
         <v>51</v>
       </c>
-      <c r="B57" s="63"/>
-[...34 lines deleted...]
-      <c r="AA57" s="67">
+      <c r="B57" s="50"/>
+      <c r="C57" s="51"/>
+      <c r="D57" s="52"/>
+      <c r="E57" s="50"/>
+      <c r="F57" s="51"/>
+      <c r="G57" s="52"/>
+      <c r="H57" s="50"/>
+      <c r="I57" s="51"/>
+      <c r="J57" s="52"/>
+      <c r="K57" s="50"/>
+      <c r="L57" s="51"/>
+      <c r="M57" s="52"/>
+      <c r="N57" s="50"/>
+      <c r="O57" s="51"/>
+      <c r="P57" s="52"/>
+      <c r="Q57" s="53">
+        <v>0</v>
+      </c>
+      <c r="R57" s="51"/>
+      <c r="S57" s="51"/>
+      <c r="T57" s="52"/>
+      <c r="U57" s="53">
+        <v>0</v>
+      </c>
+      <c r="V57" s="52"/>
+      <c r="W57" s="53">
+        <v>0</v>
+      </c>
+      <c r="X57" s="52"/>
+      <c r="Y57" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z57" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA57" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB57" s="65"/>
-[...2 lines deleted...]
-      <c r="A58" s="19">
+      <c r="AB57" s="52"/>
+    </row>
+    <row r="58" spans="1:28" ht="14.4">
+      <c r="A58" s="17">
         <v>52</v>
       </c>
-      <c r="B58" s="63"/>
-[...34 lines deleted...]
-      <c r="AA58" s="67">
+      <c r="B58" s="50"/>
+      <c r="C58" s="51"/>
+      <c r="D58" s="52"/>
+      <c r="E58" s="50"/>
+      <c r="F58" s="51"/>
+      <c r="G58" s="52"/>
+      <c r="H58" s="50"/>
+      <c r="I58" s="51"/>
+      <c r="J58" s="52"/>
+      <c r="K58" s="50"/>
+      <c r="L58" s="51"/>
+      <c r="M58" s="52"/>
+      <c r="N58" s="50"/>
+      <c r="O58" s="51"/>
+      <c r="P58" s="52"/>
+      <c r="Q58" s="53">
+        <v>0</v>
+      </c>
+      <c r="R58" s="51"/>
+      <c r="S58" s="51"/>
+      <c r="T58" s="52"/>
+      <c r="U58" s="53">
+        <v>0</v>
+      </c>
+      <c r="V58" s="52"/>
+      <c r="W58" s="53">
+        <v>0</v>
+      </c>
+      <c r="X58" s="52"/>
+      <c r="Y58" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z58" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA58" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB58" s="65"/>
-[...2 lines deleted...]
-      <c r="A59" s="19">
+      <c r="AB58" s="52"/>
+    </row>
+    <row r="59" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A59" s="17">
         <v>53</v>
       </c>
-      <c r="B59" s="63"/>
-[...34 lines deleted...]
-      <c r="AA59" s="67">
+      <c r="B59" s="50"/>
+      <c r="C59" s="51"/>
+      <c r="D59" s="52"/>
+      <c r="E59" s="50"/>
+      <c r="F59" s="51"/>
+      <c r="G59" s="52"/>
+      <c r="H59" s="50"/>
+      <c r="I59" s="51"/>
+      <c r="J59" s="52"/>
+      <c r="K59" s="50"/>
+      <c r="L59" s="51"/>
+      <c r="M59" s="52"/>
+      <c r="N59" s="50"/>
+      <c r="O59" s="51"/>
+      <c r="P59" s="52"/>
+      <c r="Q59" s="53">
+        <v>0</v>
+      </c>
+      <c r="R59" s="51"/>
+      <c r="S59" s="51"/>
+      <c r="T59" s="52"/>
+      <c r="U59" s="53">
+        <v>0</v>
+      </c>
+      <c r="V59" s="52"/>
+      <c r="W59" s="53">
+        <v>0</v>
+      </c>
+      <c r="X59" s="52"/>
+      <c r="Y59" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z59" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA59" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB59" s="65"/>
-[...2 lines deleted...]
-      <c r="A60" s="19">
+      <c r="AB59" s="52"/>
+    </row>
+    <row r="60" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A60" s="17">
         <v>54</v>
       </c>
-      <c r="B60" s="63"/>
-[...34 lines deleted...]
-      <c r="AA60" s="67">
+      <c r="B60" s="50"/>
+      <c r="C60" s="51"/>
+      <c r="D60" s="52"/>
+      <c r="E60" s="50"/>
+      <c r="F60" s="51"/>
+      <c r="G60" s="52"/>
+      <c r="H60" s="50"/>
+      <c r="I60" s="51"/>
+      <c r="J60" s="52"/>
+      <c r="K60" s="50"/>
+      <c r="L60" s="51"/>
+      <c r="M60" s="52"/>
+      <c r="N60" s="50"/>
+      <c r="O60" s="51"/>
+      <c r="P60" s="52"/>
+      <c r="Q60" s="53">
+        <v>0</v>
+      </c>
+      <c r="R60" s="51"/>
+      <c r="S60" s="51"/>
+      <c r="T60" s="52"/>
+      <c r="U60" s="53">
+        <v>0</v>
+      </c>
+      <c r="V60" s="52"/>
+      <c r="W60" s="53">
+        <v>0</v>
+      </c>
+      <c r="X60" s="52"/>
+      <c r="Y60" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z60" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA60" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB60" s="65"/>
-[...2 lines deleted...]
-      <c r="A61" s="19">
+      <c r="AB60" s="52"/>
+    </row>
+    <row r="61" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A61" s="17">
         <v>55</v>
       </c>
-      <c r="B61" s="63"/>
-[...34 lines deleted...]
-      <c r="AA61" s="67">
+      <c r="B61" s="50"/>
+      <c r="C61" s="51"/>
+      <c r="D61" s="52"/>
+      <c r="E61" s="50"/>
+      <c r="F61" s="51"/>
+      <c r="G61" s="52"/>
+      <c r="H61" s="50"/>
+      <c r="I61" s="51"/>
+      <c r="J61" s="52"/>
+      <c r="K61" s="50"/>
+      <c r="L61" s="51"/>
+      <c r="M61" s="52"/>
+      <c r="N61" s="50"/>
+      <c r="O61" s="51"/>
+      <c r="P61" s="52"/>
+      <c r="Q61" s="53">
+        <v>0</v>
+      </c>
+      <c r="R61" s="51"/>
+      <c r="S61" s="51"/>
+      <c r="T61" s="52"/>
+      <c r="U61" s="53">
+        <v>0</v>
+      </c>
+      <c r="V61" s="52"/>
+      <c r="W61" s="53">
+        <v>0</v>
+      </c>
+      <c r="X61" s="52"/>
+      <c r="Y61" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z61" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA61" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB61" s="65"/>
-[...2 lines deleted...]
-      <c r="A62" s="19">
+      <c r="AB61" s="52"/>
+    </row>
+    <row r="62" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A62" s="17">
         <v>56</v>
       </c>
-      <c r="B62" s="63"/>
-[...34 lines deleted...]
-      <c r="AA62" s="67">
+      <c r="B62" s="50"/>
+      <c r="C62" s="51"/>
+      <c r="D62" s="52"/>
+      <c r="E62" s="50"/>
+      <c r="F62" s="51"/>
+      <c r="G62" s="52"/>
+      <c r="H62" s="50"/>
+      <c r="I62" s="51"/>
+      <c r="J62" s="52"/>
+      <c r="K62" s="50"/>
+      <c r="L62" s="51"/>
+      <c r="M62" s="52"/>
+      <c r="N62" s="50"/>
+      <c r="O62" s="51"/>
+      <c r="P62" s="52"/>
+      <c r="Q62" s="53">
+        <v>0</v>
+      </c>
+      <c r="R62" s="51"/>
+      <c r="S62" s="51"/>
+      <c r="T62" s="52"/>
+      <c r="U62" s="53">
+        <v>0</v>
+      </c>
+      <c r="V62" s="52"/>
+      <c r="W62" s="53">
+        <v>0</v>
+      </c>
+      <c r="X62" s="52"/>
+      <c r="Y62" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z62" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA62" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB62" s="65"/>
-[...2 lines deleted...]
-      <c r="A63" s="19">
+      <c r="AB62" s="52"/>
+    </row>
+    <row r="63" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A63" s="17">
         <v>57</v>
       </c>
-      <c r="B63" s="63"/>
-[...34 lines deleted...]
-      <c r="AA63" s="67">
+      <c r="B63" s="50"/>
+      <c r="C63" s="51"/>
+      <c r="D63" s="52"/>
+      <c r="E63" s="50"/>
+      <c r="F63" s="51"/>
+      <c r="G63" s="52"/>
+      <c r="H63" s="50"/>
+      <c r="I63" s="51"/>
+      <c r="J63" s="52"/>
+      <c r="K63" s="50"/>
+      <c r="L63" s="51"/>
+      <c r="M63" s="52"/>
+      <c r="N63" s="50"/>
+      <c r="O63" s="51"/>
+      <c r="P63" s="52"/>
+      <c r="Q63" s="53">
+        <v>0</v>
+      </c>
+      <c r="R63" s="51"/>
+      <c r="S63" s="51"/>
+      <c r="T63" s="52"/>
+      <c r="U63" s="53">
+        <v>0</v>
+      </c>
+      <c r="V63" s="52"/>
+      <c r="W63" s="53">
+        <v>0</v>
+      </c>
+      <c r="X63" s="52"/>
+      <c r="Y63" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z63" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA63" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB63" s="65"/>
-[...2 lines deleted...]
-      <c r="A64" s="19">
+      <c r="AB63" s="52"/>
+    </row>
+    <row r="64" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A64" s="17">
         <v>58</v>
       </c>
-      <c r="B64" s="63"/>
-[...34 lines deleted...]
-      <c r="AA64" s="67">
+      <c r="B64" s="50"/>
+      <c r="C64" s="51"/>
+      <c r="D64" s="52"/>
+      <c r="E64" s="50"/>
+      <c r="F64" s="51"/>
+      <c r="G64" s="52"/>
+      <c r="H64" s="50"/>
+      <c r="I64" s="51"/>
+      <c r="J64" s="52"/>
+      <c r="K64" s="50"/>
+      <c r="L64" s="51"/>
+      <c r="M64" s="52"/>
+      <c r="N64" s="50"/>
+      <c r="O64" s="51"/>
+      <c r="P64" s="52"/>
+      <c r="Q64" s="53">
+        <v>0</v>
+      </c>
+      <c r="R64" s="51"/>
+      <c r="S64" s="51"/>
+      <c r="T64" s="52"/>
+      <c r="U64" s="53">
+        <v>0</v>
+      </c>
+      <c r="V64" s="52"/>
+      <c r="W64" s="53">
+        <v>0</v>
+      </c>
+      <c r="X64" s="52"/>
+      <c r="Y64" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z64" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA64" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB64" s="65"/>
-[...2 lines deleted...]
-      <c r="A65" s="19">
+      <c r="AB64" s="52"/>
+    </row>
+    <row r="65" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A65" s="17">
         <v>59</v>
       </c>
-      <c r="B65" s="63"/>
-[...34 lines deleted...]
-      <c r="AA65" s="67">
+      <c r="B65" s="50"/>
+      <c r="C65" s="51"/>
+      <c r="D65" s="52"/>
+      <c r="E65" s="50"/>
+      <c r="F65" s="51"/>
+      <c r="G65" s="52"/>
+      <c r="H65" s="50"/>
+      <c r="I65" s="51"/>
+      <c r="J65" s="52"/>
+      <c r="K65" s="50"/>
+      <c r="L65" s="51"/>
+      <c r="M65" s="52"/>
+      <c r="N65" s="50"/>
+      <c r="O65" s="51"/>
+      <c r="P65" s="52"/>
+      <c r="Q65" s="53">
+        <v>0</v>
+      </c>
+      <c r="R65" s="51"/>
+      <c r="S65" s="51"/>
+      <c r="T65" s="52"/>
+      <c r="U65" s="53">
+        <v>0</v>
+      </c>
+      <c r="V65" s="52"/>
+      <c r="W65" s="60"/>
+      <c r="X65" s="52"/>
+      <c r="Y65" s="18"/>
+      <c r="Z65" s="18"/>
+      <c r="AA65" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB65" s="65"/>
-[...2 lines deleted...]
-      <c r="A66" s="19">
+      <c r="AB65" s="52"/>
+    </row>
+    <row r="66" spans="1:28" ht="15.75" customHeight="1">
+      <c r="A66" s="17">
         <v>60</v>
       </c>
-      <c r="B66" s="63"/>
-[...34 lines deleted...]
-      <c r="AA66" s="67">
+      <c r="B66" s="50"/>
+      <c r="C66" s="51"/>
+      <c r="D66" s="52"/>
+      <c r="E66" s="50"/>
+      <c r="F66" s="51"/>
+      <c r="G66" s="52"/>
+      <c r="H66" s="50"/>
+      <c r="I66" s="51"/>
+      <c r="J66" s="52"/>
+      <c r="K66" s="50"/>
+      <c r="L66" s="51"/>
+      <c r="M66" s="52"/>
+      <c r="N66" s="50"/>
+      <c r="O66" s="51"/>
+      <c r="P66" s="52"/>
+      <c r="Q66" s="53">
+        <v>0</v>
+      </c>
+      <c r="R66" s="51"/>
+      <c r="S66" s="51"/>
+      <c r="T66" s="52"/>
+      <c r="U66" s="53">
+        <v>0</v>
+      </c>
+      <c r="V66" s="52"/>
+      <c r="W66" s="53">
+        <v>0</v>
+      </c>
+      <c r="X66" s="52"/>
+      <c r="Y66" s="19">
+        <v>0</v>
+      </c>
+      <c r="Z66" s="19">
+        <v>0</v>
+      </c>
+      <c r="AA66" s="54">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="AB66" s="65"/>
-[...2 lines deleted...]
-      <c r="N67" s="70" t="s">
+      <c r="AB66" s="52"/>
+    </row>
+    <row r="67" spans="1:28" ht="14.4">
+      <c r="N67" s="55" t="s">
         <v>24</v>
       </c>
-      <c r="O67" s="64"/>
-[...1 lines deleted...]
-      <c r="Q67" s="71">
+      <c r="O67" s="51"/>
+      <c r="P67" s="52"/>
+      <c r="Q67" s="56">
         <f>SUM(Q7:T66)</f>
         <v>0</v>
       </c>
-      <c r="R67" s="64"/>
-[...7 lines deleted...]
-      <c r="W67" s="71">
+      <c r="R67" s="51"/>
+      <c r="S67" s="51"/>
+      <c r="T67" s="52"/>
+      <c r="U67" s="56">
+        <f>SUM(U7:U66)</f>
+        <v>0</v>
+      </c>
+      <c r="V67" s="52"/>
+      <c r="W67" s="56">
         <f>SUM(W7:Z66)</f>
         <v>0</v>
       </c>
-      <c r="X67" s="65"/>
-      <c r="Y67" s="23">
+      <c r="X67" s="52"/>
+      <c r="Y67" s="22">
         <f t="shared" ref="Y67:AA67" si="1">SUM(Y7:AB66)</f>
         <v>0</v>
       </c>
-      <c r="Z67" s="23">
+      <c r="Z67" s="22">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AA67" s="71">
+      <c r="AA67" s="56">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="AB67" s="64"/>
+      <c r="AB67" s="83"/>
     </row>
   </sheetData>
   <mergeCells count="554">
+    <mergeCell ref="W57:X57"/>
+    <mergeCell ref="AA57:AB57"/>
+    <mergeCell ref="B57:D57"/>
+    <mergeCell ref="E57:G57"/>
+    <mergeCell ref="H57:J57"/>
+    <mergeCell ref="K57:M57"/>
+    <mergeCell ref="N57:P57"/>
+    <mergeCell ref="Q57:T57"/>
+    <mergeCell ref="U57:V57"/>
+    <mergeCell ref="W56:X56"/>
+    <mergeCell ref="AA56:AB56"/>
+    <mergeCell ref="B56:D56"/>
+    <mergeCell ref="E56:G56"/>
+    <mergeCell ref="H56:J56"/>
+    <mergeCell ref="K56:M56"/>
+    <mergeCell ref="N56:P56"/>
+    <mergeCell ref="Q56:T56"/>
+    <mergeCell ref="U56:V56"/>
+    <mergeCell ref="W55:X55"/>
+    <mergeCell ref="AA55:AB55"/>
+    <mergeCell ref="B55:D55"/>
+    <mergeCell ref="E55:G55"/>
+    <mergeCell ref="H55:J55"/>
+    <mergeCell ref="K55:M55"/>
+    <mergeCell ref="N55:P55"/>
+    <mergeCell ref="Q55:T55"/>
+    <mergeCell ref="U55:V55"/>
+    <mergeCell ref="W54:X54"/>
+    <mergeCell ref="AA54:AB54"/>
+    <mergeCell ref="B54:D54"/>
+    <mergeCell ref="E54:G54"/>
+    <mergeCell ref="H54:J54"/>
+    <mergeCell ref="K54:M54"/>
+    <mergeCell ref="N54:P54"/>
+    <mergeCell ref="Q54:T54"/>
+    <mergeCell ref="U54:V54"/>
+    <mergeCell ref="W53:X53"/>
+    <mergeCell ref="AA53:AB53"/>
+    <mergeCell ref="B53:D53"/>
+    <mergeCell ref="E53:G53"/>
+    <mergeCell ref="H53:J53"/>
+    <mergeCell ref="K53:M53"/>
+    <mergeCell ref="N53:P53"/>
+    <mergeCell ref="Q53:T53"/>
+    <mergeCell ref="U53:V53"/>
+    <mergeCell ref="W52:X52"/>
+    <mergeCell ref="AA52:AB52"/>
+    <mergeCell ref="B52:D52"/>
+    <mergeCell ref="E52:G52"/>
+    <mergeCell ref="H52:J52"/>
+    <mergeCell ref="K52:M52"/>
+    <mergeCell ref="N52:P52"/>
+    <mergeCell ref="Q52:T52"/>
+    <mergeCell ref="U52:V52"/>
+    <mergeCell ref="W51:X51"/>
+    <mergeCell ref="AA51:AB51"/>
+    <mergeCell ref="B51:D51"/>
+    <mergeCell ref="E51:G51"/>
+    <mergeCell ref="H51:J51"/>
+    <mergeCell ref="K51:M51"/>
+    <mergeCell ref="N51:P51"/>
+    <mergeCell ref="Q51:T51"/>
+    <mergeCell ref="U51:V51"/>
+    <mergeCell ref="W50:X50"/>
+    <mergeCell ref="AA50:AB50"/>
+    <mergeCell ref="B50:D50"/>
+    <mergeCell ref="E50:G50"/>
+    <mergeCell ref="H50:J50"/>
+    <mergeCell ref="K50:M50"/>
+    <mergeCell ref="N50:P50"/>
+    <mergeCell ref="Q50:T50"/>
+    <mergeCell ref="U50:V50"/>
+    <mergeCell ref="W49:X49"/>
+    <mergeCell ref="AA49:AB49"/>
+    <mergeCell ref="B49:D49"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="H49:J49"/>
+    <mergeCell ref="K49:M49"/>
+    <mergeCell ref="N49:P49"/>
+    <mergeCell ref="Q49:T49"/>
+    <mergeCell ref="U49:V49"/>
+    <mergeCell ref="W48:X48"/>
+    <mergeCell ref="AA48:AB48"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="E48:G48"/>
+    <mergeCell ref="H48:J48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:T48"/>
+    <mergeCell ref="U48:V48"/>
+    <mergeCell ref="W47:X47"/>
+    <mergeCell ref="AA47:AB47"/>
+    <mergeCell ref="B47:D47"/>
+    <mergeCell ref="E47:G47"/>
+    <mergeCell ref="H47:J47"/>
+    <mergeCell ref="K47:M47"/>
+    <mergeCell ref="N47:P47"/>
+    <mergeCell ref="Q47:T47"/>
+    <mergeCell ref="U47:V47"/>
+    <mergeCell ref="W46:X46"/>
+    <mergeCell ref="AA46:AB46"/>
+    <mergeCell ref="B46:D46"/>
+    <mergeCell ref="E46:G46"/>
+    <mergeCell ref="H46:J46"/>
+    <mergeCell ref="K46:M46"/>
+    <mergeCell ref="N46:P46"/>
+    <mergeCell ref="Q46:T46"/>
+    <mergeCell ref="U46:V46"/>
+    <mergeCell ref="W45:X45"/>
+    <mergeCell ref="AA45:AB45"/>
+    <mergeCell ref="B45:D45"/>
+    <mergeCell ref="E45:G45"/>
+    <mergeCell ref="H45:J45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="N45:P45"/>
+    <mergeCell ref="Q45:T45"/>
+    <mergeCell ref="U45:V45"/>
+    <mergeCell ref="W44:X44"/>
+    <mergeCell ref="AA44:AB44"/>
+    <mergeCell ref="B44:D44"/>
+    <mergeCell ref="E44:G44"/>
+    <mergeCell ref="H44:J44"/>
+    <mergeCell ref="K44:M44"/>
+    <mergeCell ref="N44:P44"/>
+    <mergeCell ref="Q44:T44"/>
+    <mergeCell ref="U44:V44"/>
+    <mergeCell ref="W43:X43"/>
+    <mergeCell ref="AA43:AB43"/>
+    <mergeCell ref="B43:D43"/>
+    <mergeCell ref="E43:G43"/>
+    <mergeCell ref="H43:J43"/>
+    <mergeCell ref="K43:M43"/>
+    <mergeCell ref="N43:P43"/>
+    <mergeCell ref="Q43:T43"/>
+    <mergeCell ref="U43:V43"/>
+    <mergeCell ref="W42:X42"/>
+    <mergeCell ref="AA42:AB42"/>
+    <mergeCell ref="B42:D42"/>
+    <mergeCell ref="E42:G42"/>
+    <mergeCell ref="H42:J42"/>
+    <mergeCell ref="K42:M42"/>
+    <mergeCell ref="N42:P42"/>
+    <mergeCell ref="Q42:T42"/>
+    <mergeCell ref="U42:V42"/>
+    <mergeCell ref="W41:X41"/>
+    <mergeCell ref="AA41:AB41"/>
+    <mergeCell ref="B41:D41"/>
+    <mergeCell ref="E41:G41"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="K41:M41"/>
+    <mergeCell ref="N41:P41"/>
+    <mergeCell ref="Q41:T41"/>
+    <mergeCell ref="U41:V41"/>
+    <mergeCell ref="W40:X40"/>
+    <mergeCell ref="AA40:AB40"/>
+    <mergeCell ref="B40:D40"/>
+    <mergeCell ref="E40:G40"/>
+    <mergeCell ref="H40:J40"/>
+    <mergeCell ref="K40:M40"/>
+    <mergeCell ref="N40:P40"/>
+    <mergeCell ref="Q40:T40"/>
+    <mergeCell ref="U40:V40"/>
+    <mergeCell ref="W39:X39"/>
+    <mergeCell ref="AA39:AB39"/>
+    <mergeCell ref="B39:D39"/>
+    <mergeCell ref="E39:G39"/>
+    <mergeCell ref="H39:J39"/>
+    <mergeCell ref="K39:M39"/>
+    <mergeCell ref="N39:P39"/>
+    <mergeCell ref="Q39:T39"/>
+    <mergeCell ref="U39:V39"/>
+    <mergeCell ref="W38:X38"/>
+    <mergeCell ref="AA38:AB38"/>
+    <mergeCell ref="B38:D38"/>
+    <mergeCell ref="E38:G38"/>
+    <mergeCell ref="H38:J38"/>
+    <mergeCell ref="K38:M38"/>
+    <mergeCell ref="N38:P38"/>
+    <mergeCell ref="Q38:T38"/>
+    <mergeCell ref="U38:V38"/>
+    <mergeCell ref="W37:X37"/>
+    <mergeCell ref="AA37:AB37"/>
+    <mergeCell ref="B37:D37"/>
+    <mergeCell ref="E37:G37"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="K37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:T37"/>
+    <mergeCell ref="U37:V37"/>
+    <mergeCell ref="W36:X36"/>
+    <mergeCell ref="AA36:AB36"/>
+    <mergeCell ref="B36:D36"/>
+    <mergeCell ref="E36:G36"/>
+    <mergeCell ref="H36:J36"/>
+    <mergeCell ref="K36:M36"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="Q36:T36"/>
+    <mergeCell ref="U36:V36"/>
+    <mergeCell ref="W35:X35"/>
+    <mergeCell ref="AA35:AB35"/>
+    <mergeCell ref="B35:D35"/>
+    <mergeCell ref="E35:G35"/>
+    <mergeCell ref="H35:J35"/>
+    <mergeCell ref="K35:M35"/>
+    <mergeCell ref="N35:P35"/>
+    <mergeCell ref="Q35:T35"/>
+    <mergeCell ref="U35:V35"/>
+    <mergeCell ref="W34:X34"/>
+    <mergeCell ref="AA34:AB34"/>
+    <mergeCell ref="B34:D34"/>
+    <mergeCell ref="E34:G34"/>
+    <mergeCell ref="H34:J34"/>
+    <mergeCell ref="K34:M34"/>
+    <mergeCell ref="N34:P34"/>
+    <mergeCell ref="Q34:T34"/>
+    <mergeCell ref="U34:V34"/>
+    <mergeCell ref="W33:X33"/>
+    <mergeCell ref="AA33:AB33"/>
+    <mergeCell ref="B33:D33"/>
+    <mergeCell ref="E33:G33"/>
+    <mergeCell ref="H33:J33"/>
+    <mergeCell ref="K33:M33"/>
+    <mergeCell ref="N33:P33"/>
+    <mergeCell ref="Q33:T33"/>
+    <mergeCell ref="U33:V33"/>
+    <mergeCell ref="W32:X32"/>
+    <mergeCell ref="AA32:AB32"/>
+    <mergeCell ref="B32:D32"/>
+    <mergeCell ref="E32:G32"/>
+    <mergeCell ref="H32:J32"/>
+    <mergeCell ref="K32:M32"/>
+    <mergeCell ref="N32:P32"/>
+    <mergeCell ref="Q32:T32"/>
+    <mergeCell ref="U32:V32"/>
+    <mergeCell ref="W31:X31"/>
+    <mergeCell ref="AA31:AB31"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="E31:G31"/>
+    <mergeCell ref="H31:J31"/>
+    <mergeCell ref="K31:M31"/>
+    <mergeCell ref="N31:P31"/>
+    <mergeCell ref="Q31:T31"/>
+    <mergeCell ref="U31:V31"/>
+    <mergeCell ref="W30:X30"/>
+    <mergeCell ref="AA30:AB30"/>
+    <mergeCell ref="B30:D30"/>
+    <mergeCell ref="E30:G30"/>
+    <mergeCell ref="H30:J30"/>
+    <mergeCell ref="K30:M30"/>
+    <mergeCell ref="N30:P30"/>
+    <mergeCell ref="Q30:T30"/>
+    <mergeCell ref="U30:V30"/>
+    <mergeCell ref="W29:X29"/>
+    <mergeCell ref="AA29:AB29"/>
+    <mergeCell ref="B29:D29"/>
+    <mergeCell ref="E29:G29"/>
+    <mergeCell ref="H29:J29"/>
+    <mergeCell ref="K29:M29"/>
+    <mergeCell ref="N29:P29"/>
+    <mergeCell ref="Q29:T29"/>
+    <mergeCell ref="U29:V29"/>
+    <mergeCell ref="W28:X28"/>
+    <mergeCell ref="AA28:AB28"/>
+    <mergeCell ref="B28:D28"/>
+    <mergeCell ref="E28:G28"/>
+    <mergeCell ref="H28:J28"/>
+    <mergeCell ref="K28:M28"/>
+    <mergeCell ref="N28:P28"/>
+    <mergeCell ref="Q28:T28"/>
+    <mergeCell ref="U28:V28"/>
+    <mergeCell ref="W27:X27"/>
+    <mergeCell ref="AA27:AB27"/>
+    <mergeCell ref="B27:D27"/>
+    <mergeCell ref="E27:G27"/>
+    <mergeCell ref="H27:J27"/>
+    <mergeCell ref="K27:M27"/>
+    <mergeCell ref="N27:P27"/>
+    <mergeCell ref="Q27:T27"/>
+    <mergeCell ref="U27:V27"/>
+    <mergeCell ref="W26:X26"/>
+    <mergeCell ref="AA26:AB26"/>
+    <mergeCell ref="B26:D26"/>
+    <mergeCell ref="E26:G26"/>
+    <mergeCell ref="H26:J26"/>
+    <mergeCell ref="K26:M26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q26:T26"/>
+    <mergeCell ref="U26:V26"/>
+    <mergeCell ref="W25:X25"/>
+    <mergeCell ref="AA25:AB25"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="H25:J25"/>
+    <mergeCell ref="K25:M25"/>
+    <mergeCell ref="N25:P25"/>
+    <mergeCell ref="Q25:T25"/>
+    <mergeCell ref="U25:V25"/>
+    <mergeCell ref="W24:X24"/>
+    <mergeCell ref="AA24:AB24"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="H24:J24"/>
+    <mergeCell ref="K24:M24"/>
+    <mergeCell ref="N24:P24"/>
+    <mergeCell ref="Q24:T24"/>
+    <mergeCell ref="U24:V24"/>
+    <mergeCell ref="W23:X23"/>
+    <mergeCell ref="AA23:AB23"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="H23:J23"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="N23:P23"/>
+    <mergeCell ref="Q23:T23"/>
+    <mergeCell ref="U23:V23"/>
+    <mergeCell ref="W22:X22"/>
+    <mergeCell ref="AA22:AB22"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="E22:G22"/>
+    <mergeCell ref="H22:J22"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="N22:P22"/>
+    <mergeCell ref="Q22:T22"/>
+    <mergeCell ref="U22:V22"/>
+    <mergeCell ref="W21:X21"/>
+    <mergeCell ref="AA21:AB21"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="H21:J21"/>
+    <mergeCell ref="K21:M21"/>
+    <mergeCell ref="N21:P21"/>
+    <mergeCell ref="Q21:T21"/>
+    <mergeCell ref="U21:V21"/>
+    <mergeCell ref="W20:X20"/>
+    <mergeCell ref="AA20:AB20"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="E20:G20"/>
+    <mergeCell ref="H20:J20"/>
+    <mergeCell ref="K20:M20"/>
+    <mergeCell ref="N20:P20"/>
+    <mergeCell ref="Q20:T20"/>
+    <mergeCell ref="U20:V20"/>
+    <mergeCell ref="W19:X19"/>
+    <mergeCell ref="AA19:AB19"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="H19:J19"/>
+    <mergeCell ref="K19:M19"/>
+    <mergeCell ref="N19:P19"/>
+    <mergeCell ref="Q19:T19"/>
+    <mergeCell ref="U19:V19"/>
+    <mergeCell ref="W18:X18"/>
+    <mergeCell ref="AA18:AB18"/>
+    <mergeCell ref="B18:D18"/>
+    <mergeCell ref="E18:G18"/>
+    <mergeCell ref="H18:J18"/>
+    <mergeCell ref="K18:M18"/>
+    <mergeCell ref="N18:P18"/>
+    <mergeCell ref="Q18:T18"/>
+    <mergeCell ref="U18:V18"/>
+    <mergeCell ref="W17:X17"/>
+    <mergeCell ref="AA17:AB17"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="E17:G17"/>
+    <mergeCell ref="H17:J17"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="N17:P17"/>
+    <mergeCell ref="Q17:T17"/>
+    <mergeCell ref="U17:V17"/>
+    <mergeCell ref="W16:X16"/>
+    <mergeCell ref="AA16:AB16"/>
+    <mergeCell ref="B16:D16"/>
+    <mergeCell ref="E16:G16"/>
+    <mergeCell ref="H16:J16"/>
+    <mergeCell ref="K16:M16"/>
+    <mergeCell ref="N16:P16"/>
+    <mergeCell ref="Q16:T16"/>
+    <mergeCell ref="U16:V16"/>
+    <mergeCell ref="W15:X15"/>
+    <mergeCell ref="AA15:AB15"/>
+    <mergeCell ref="B15:D15"/>
+    <mergeCell ref="E15:G15"/>
+    <mergeCell ref="H15:J15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="Q15:T15"/>
+    <mergeCell ref="U15:V15"/>
+    <mergeCell ref="W14:X14"/>
+    <mergeCell ref="AA14:AB14"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="E14:G14"/>
+    <mergeCell ref="H14:J14"/>
+    <mergeCell ref="K14:M14"/>
+    <mergeCell ref="N14:P14"/>
+    <mergeCell ref="Q14:T14"/>
+    <mergeCell ref="U14:V14"/>
+    <mergeCell ref="W13:X13"/>
+    <mergeCell ref="AA13:AB13"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="H13:J13"/>
+    <mergeCell ref="K13:M13"/>
+    <mergeCell ref="N13:P13"/>
+    <mergeCell ref="Q13:T13"/>
+    <mergeCell ref="U13:V13"/>
+    <mergeCell ref="W12:X12"/>
+    <mergeCell ref="AA12:AB12"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="H12:J12"/>
+    <mergeCell ref="K12:M12"/>
+    <mergeCell ref="N12:P12"/>
+    <mergeCell ref="Q12:T12"/>
+    <mergeCell ref="U12:V12"/>
+    <mergeCell ref="W11:X11"/>
+    <mergeCell ref="AA11:AB11"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="H11:J11"/>
+    <mergeCell ref="K11:M11"/>
+    <mergeCell ref="N11:P11"/>
+    <mergeCell ref="Q11:T11"/>
+    <mergeCell ref="U11:V11"/>
+    <mergeCell ref="W10:X10"/>
+    <mergeCell ref="AA10:AB10"/>
+    <mergeCell ref="B10:D10"/>
+    <mergeCell ref="E10:G10"/>
+    <mergeCell ref="H10:J10"/>
+    <mergeCell ref="K10:M10"/>
+    <mergeCell ref="N10:P10"/>
+    <mergeCell ref="Q10:T10"/>
+    <mergeCell ref="U10:V10"/>
+    <mergeCell ref="W9:X9"/>
+    <mergeCell ref="AA9:AB9"/>
+    <mergeCell ref="B9:D9"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="H9:J9"/>
+    <mergeCell ref="K9:M9"/>
+    <mergeCell ref="N9:P9"/>
+    <mergeCell ref="Q9:T9"/>
+    <mergeCell ref="U9:V9"/>
+    <mergeCell ref="W64:X64"/>
+    <mergeCell ref="AA64:AB64"/>
+    <mergeCell ref="B64:D64"/>
+    <mergeCell ref="E64:G64"/>
+    <mergeCell ref="H64:J64"/>
+    <mergeCell ref="K64:M64"/>
+    <mergeCell ref="N64:P64"/>
+    <mergeCell ref="Q64:T64"/>
+    <mergeCell ref="U64:V64"/>
+    <mergeCell ref="W63:X63"/>
+    <mergeCell ref="AA63:AB63"/>
+    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="E63:G63"/>
+    <mergeCell ref="H63:J63"/>
+    <mergeCell ref="K63:M63"/>
+    <mergeCell ref="N63:P63"/>
+    <mergeCell ref="Q63:T63"/>
+    <mergeCell ref="U63:V63"/>
+    <mergeCell ref="W62:X62"/>
+    <mergeCell ref="AA62:AB62"/>
+    <mergeCell ref="B62:D62"/>
+    <mergeCell ref="E62:G62"/>
+    <mergeCell ref="H62:J62"/>
+    <mergeCell ref="K62:M62"/>
+    <mergeCell ref="N62:P62"/>
+    <mergeCell ref="Q62:T62"/>
+    <mergeCell ref="U62:V62"/>
+    <mergeCell ref="AA60:AB60"/>
+    <mergeCell ref="B60:D60"/>
+    <mergeCell ref="E60:G60"/>
+    <mergeCell ref="H60:J60"/>
+    <mergeCell ref="K60:M60"/>
+    <mergeCell ref="N60:P60"/>
+    <mergeCell ref="Q60:T60"/>
+    <mergeCell ref="U60:V60"/>
+    <mergeCell ref="W61:X61"/>
+    <mergeCell ref="AA61:AB61"/>
+    <mergeCell ref="B61:D61"/>
+    <mergeCell ref="E61:G61"/>
+    <mergeCell ref="H61:J61"/>
+    <mergeCell ref="K61:M61"/>
+    <mergeCell ref="N61:P61"/>
+    <mergeCell ref="Q61:T61"/>
+    <mergeCell ref="U61:V61"/>
+    <mergeCell ref="N67:P67"/>
+    <mergeCell ref="Q67:T67"/>
+    <mergeCell ref="U67:V67"/>
+    <mergeCell ref="W67:X67"/>
+    <mergeCell ref="AA67:AB67"/>
+    <mergeCell ref="W58:X58"/>
+    <mergeCell ref="AA58:AB58"/>
     <mergeCell ref="B58:D58"/>
     <mergeCell ref="E58:G58"/>
     <mergeCell ref="H58:J58"/>
     <mergeCell ref="K58:M58"/>
     <mergeCell ref="N58:P58"/>
     <mergeCell ref="Q58:T58"/>
     <mergeCell ref="U58:V58"/>
-    <mergeCell ref="W58:X58"/>
-    <mergeCell ref="AA58:AB58"/>
+    <mergeCell ref="W59:X59"/>
+    <mergeCell ref="AA59:AB59"/>
     <mergeCell ref="B59:D59"/>
     <mergeCell ref="E59:G59"/>
     <mergeCell ref="H59:J59"/>
     <mergeCell ref="K59:M59"/>
     <mergeCell ref="N59:P59"/>
     <mergeCell ref="Q59:T59"/>
     <mergeCell ref="U59:V59"/>
-    <mergeCell ref="W59:X59"/>
-[...7 lines deleted...]
-    <mergeCell ref="U60:V60"/>
     <mergeCell ref="W60:X60"/>
-    <mergeCell ref="AA60:AB60"/>
-[...68 lines deleted...]
-    <mergeCell ref="N6:P6"/>
+    <mergeCell ref="W8:X8"/>
+    <mergeCell ref="AA8:AB8"/>
+    <mergeCell ref="B8:D8"/>
+    <mergeCell ref="E8:G8"/>
+    <mergeCell ref="H8:J8"/>
+    <mergeCell ref="K8:M8"/>
+    <mergeCell ref="N8:P8"/>
+    <mergeCell ref="Q8:T8"/>
+    <mergeCell ref="U8:V8"/>
     <mergeCell ref="W7:X7"/>
     <mergeCell ref="AA7:AB7"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="H7:J7"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="N7:P7"/>
     <mergeCell ref="Q7:T7"/>
     <mergeCell ref="U7:V7"/>
-    <mergeCell ref="B8:D8"/>
-[...30 lines deleted...]
-    <mergeCell ref="AA45:AB45"/>
+    <mergeCell ref="W6:X6"/>
+    <mergeCell ref="AA6:AB6"/>
+    <mergeCell ref="B6:D6"/>
+    <mergeCell ref="E6:G6"/>
+    <mergeCell ref="H6:J6"/>
+    <mergeCell ref="K6:M6"/>
+    <mergeCell ref="N6:P6"/>
+    <mergeCell ref="Q6:T6"/>
+    <mergeCell ref="U6:V6"/>
+    <mergeCell ref="W66:X66"/>
+    <mergeCell ref="AA66:AB66"/>
+    <mergeCell ref="B66:D66"/>
+    <mergeCell ref="E66:G66"/>
+    <mergeCell ref="H66:J66"/>
+    <mergeCell ref="K66:M66"/>
+    <mergeCell ref="N66:P66"/>
+    <mergeCell ref="Q66:T66"/>
+    <mergeCell ref="U66:V66"/>
+    <mergeCell ref="W65:X65"/>
+    <mergeCell ref="AA65:AB65"/>
     <mergeCell ref="B65:D65"/>
     <mergeCell ref="E65:G65"/>
     <mergeCell ref="H65:J65"/>
     <mergeCell ref="K65:M65"/>
     <mergeCell ref="N65:P65"/>
     <mergeCell ref="Q65:T65"/>
     <mergeCell ref="U65:V65"/>
-    <mergeCell ref="W65:X65"/>
-[...408 lines deleted...]
-    <mergeCell ref="W57:X57"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0" footer="0"/>
+  <pageSetup orientation="landscape"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Application</vt:lpstr>
       <vt:lpstr>Additional Participants</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>